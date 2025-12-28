--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -338,96 +338,96 @@
   <si>
     <t>#3 Terry McHone - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>NYN 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-NYN 28 (14:56) 35-Jonathan Grindstaff ran to NYN 30 for 2 yards. Tackle by 53-Fredrick Aguilar.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
-    <t>#35 Jonathan Grindstaff - RB</t>
-[...2 lines deleted...]
-    <t>#87 Paul Galindo - TE</t>
+    <t>#23 Jonathan Grindstaff - RB</t>
+  </si>
+  <si>
+    <t>#82 Paul Galindo - TE</t>
   </si>
   <si>
     <t>#85 Richard Wessel - TE</t>
   </si>
   <si>
-    <t>#86 Jerome Richards - WR</t>
+    <t>#89 Jerome Richards - WR</t>
   </si>
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
     <t>#75 Howard Watson - LT</t>
   </si>
   <si>
     <t>#69 Jim Blake - LG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#73 Sean Jacobsen - LDE</t>
   </si>
   <si>
     <t>#69 Michael Talbert - DT</t>
   </si>
   <si>
     <t>#98 Christopher Lyon - DT</t>
   </si>
   <si>
     <t>#90 Laurence Sharpe - LDE</t>
   </si>
   <si>
     <t>#94 Thomas Melendez - SLB</t>
   </si>
   <si>
-    <t>#53 Fredrick Aguilar - MLB</t>
+    <t>#99 Fredrick Aguilar - MLB</t>
   </si>
   <si>
     <t>#58 Christopher Haygood - WLB</t>
   </si>
   <si>
     <t>#43 Francisco Kyle - CB</t>
   </si>
   <si>
     <t>#35 Scott Bledsoe - CB</t>
   </si>
   <si>
     <t>#23 John Skinner - SS</t>
   </si>
   <si>
     <t>#28 Harris Hernandez - CB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-5-NYN 46 (12:20) 5-Steve Seifert pass Pass knocked down by 94-Thomas Melendez. incomplete, intended for 85-Richard Wessel.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-NYN 46 (12:18) 2-Robert Wardlaw punts 46 yards to DAL 8. Fair Catch by 20-Louis Reichman.</t>
   </si>
   <si>
     <t>#2 Robert Wardlaw - P</t>
   </si>
   <si>
-    <t>#20 Louis Reichman - RB</t>
+    <t>#31 Louis Reichman - RB</t>
   </si>
   <si>
     <t>#29 Kenneth Salazar - FS</t>
   </si>
   <si>
     <t>#67 Tyrone Salgado - LT</t>
   </si>
   <si>
     <t>#44 Richard Thomas - WLB</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>DAL 8</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 8 (12:11) 10-Richard Goodman pass complete to 88-Carlos Colbert to DAL 11 for 4 yards. Tackle by 22-Brandon Spikes. PENALTY - Pass Interference (NYN 22-Brandon Spikes)</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>#19 Roger Lee - WR</t>
   </si>
   <si>
     <t>#57 Justin Spaulding - LT</t>
   </si>
   <si>
     <t>#70 Dennis Nelson - LG</t>
   </si>
   <si>
     <t>#72 David Perez - C</t>
   </si>
   <si>
     <t>#76 George Howell - LT</t>
   </si>
   <si>
     <t>#66 John Hudson - RG</t>
   </si>
   <si>
     <t>#91 Bo Phillips - DT</t>
   </si>
   <si>
     <t>#98 Michael Williams - DT</t>
   </si>
   <si>
-    <t>#58 Donald Nevin - WLB</t>
+    <t>#95 Donald Nevin - WLB</t>
   </si>
   <si>
     <t>#59 Max Crow - MLB</t>
   </si>
   <si>
     <t>#47 Thomas Bear - CB</t>
   </si>
   <si>
     <t>#25 Clark Bush - SS</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>DAL 13</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-DAL 13 (12:08) 8-Robert Meece ran to DAL 16 for 4 yards. Tackle by 53-Paul Pilgrim. NYN 59-Max Crow was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1199,51 +1199,51 @@
   <si>
     <t>2-12-NYN 19 (1:25) 33-Alex Cash ran to NYN 26 for 7 yards. Tackle by 58-Christopher Haygood.</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>NYN 26</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-6-NYN 26 (0:39) 18-Ryan Broyles ran to NYN 30 for 5 yards. Tackle by 53-Fredrick Aguilar. NYN 73-Adam Heckel was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Aaron Mullen kicks 75 yards from NYN 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>#67 William Swilley - DT</t>
   </si>
   <si>
-    <t>#51 William Staton - RDE</t>
+    <t>#62 William Staton - RDE</t>
   </si>
   <si>
     <t>#3 Aaron Mullen - K</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 8-Robert Meece ran to DAL 30 for 5 yards. Tackle by 25-Clark Bush.</t>
   </si>
   <si>
     <t>#79 Andrew Bryant - DT</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>2-5-DAL 30 (14:23) 20-Louis Reichman ran to DAL 30 for 1 yards. Tackle by 53-Paul Pilgrim.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
@@ -1502,51 +1502,51 @@
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>3-2-DAL 6 (12:58) 5-Steve Seifert pass Pass knocked down by 58-Christopher Haygood. incomplete, intended for 33-Alex Cash.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-DAL 6 (12:54) 3-Aaron Mullen 24 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#68 David Koeller - RG</t>
   </si>
   <si>
     <t>#67 Stephen Hinkle - C</t>
   </si>
   <si>
-    <t>#99 Christopher Evans - DT</t>
+    <t>#61 Christopher Evans - DT</t>
   </si>
   <si>
     <t>#62 Carl Little - LDE</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>1-10-DAL 20 (12:52) 8-Robert Meece ran to DAL 24 for 4 yards. Tackle by 25-Clark Bush.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>2-6-DAL 24 (12:08) 10-Richard Goodman pass complete to 89-Sherman Adams to DAL 30 for 6 yards. Tackle by 26-Jason Spearing.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>1-10-DAL 30 (11:26) 8-Robert Meece ran to DAL 32 for 1 yards. Tackle by 53-Paul Pilgrim.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>