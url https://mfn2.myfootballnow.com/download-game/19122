--- v1 (2025-12-28)
+++ v2 (2026-02-26)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Terry McHone kicks 72 yards from DAL 35 to NYN -7. 16-Robert Phillip to NYN 28 for 36 yards. Tackle by 58-Christopher Haygood. NYN 16-Robert Phillip was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#16 Robert Phillip - WR</t>
+    <t>#89 Robert Phillip - WR</t>
   </si>
   <si>
     <t>#52 Ted Hendricks - MLB</t>
   </si>
   <si>
     <t>#72 James Sprayberry - RDE</t>
   </si>
   <si>
     <t>#46 Ivan Hanna - CB</t>
   </si>
   <si>
     <t>#53 Paul Pilgrim - WLB</t>
   </si>
   <si>
     <t>#23 Warren Jarmon - CB</t>
   </si>
   <si>
     <t>#22 Brandon Spikes - CB</t>
   </si>
   <si>
     <t>#96 Scott Ramirez - LDE</t>
   </si>
   <si>
     <t>#97 Robert Obrien - RDE</t>
   </si>
@@ -344,78 +344,78 @@
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>NYN 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-NYN 28 (14:56) 35-Jonathan Grindstaff ran to NYN 30 for 2 yards. Tackle by 53-Fredrick Aguilar.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
     <t>#23 Jonathan Grindstaff - RB</t>
   </si>
   <si>
     <t>#82 Paul Galindo - TE</t>
   </si>
   <si>
-    <t>#85 Richard Wessel - TE</t>
+    <t>#83 Richard Wessel - TE</t>
   </si>
   <si>
     <t>#89 Jerome Richards - WR</t>
   </si>
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
-    <t>#75 Howard Watson - LT</t>
+    <t>#60 Howard Watson - LT</t>
   </si>
   <si>
     <t>#69 Jim Blake - LG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#73 Sean Jacobsen - LDE</t>
   </si>
   <si>
-    <t>#69 Michael Talbert - DT</t>
+    <t>#71 Michael Talbert - DT</t>
   </si>
   <si>
     <t>#98 Christopher Lyon - DT</t>
   </si>
   <si>
     <t>#90 Laurence Sharpe - LDE</t>
   </si>
   <si>
     <t>#94 Thomas Melendez - SLB</t>
   </si>
   <si>
     <t>#99 Fredrick Aguilar - MLB</t>
   </si>
   <si>
     <t>#58 Christopher Haygood - WLB</t>
   </si>
   <si>
     <t>#43 Francisco Kyle - CB</t>
   </si>
   <si>
     <t>#35 Scott Bledsoe - CB</t>
   </si>
   <si>
     <t>#23 John Skinner - SS</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>DAL 40</t>
   </si>
   <si>
     <t>4-2-DAL 40 (7:45) 2-Robert Wardlaw punts 34 yards to DAL 6. Fair Catch by 20-Louis Reichman.</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>DAL 6</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DAL 6 (7:38) 8-Robert Meece ran to DAL 9 for 3 yards. Tackle by 58-Donald Nevin.</t>
   </si>
   <si>
-    <t>#93 Shane Ceja - LDE</t>
+    <t>#74 Shane Ceja - LDE</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>DAL 9</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-DAL 9 (6:54) 10-Richard Goodman pass complete to 89-Sherman Adams to DAL 17 for 8 yards. Tackle by 47-Thomas Bear.</t>
   </si>
   <si>
     <t>#87 Dominick Marshall - WR</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>DAL 17</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>3:09</t>
   </si>
   <si>
     <t>DAL 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-7-DAL 31 (3:08) 10-Richard Goodman pass complete to 20-Louis Reichman to DAL 37 for 6 yards. Tackle by 59-Max Crow.</t>
   </si>
   <si>
     <t>#20 Jason Hopper - FS</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
     <t>DAL 37</t>
   </si>
   <si>
     <t>4-1-DAL 37 (2:32) 14-Danny Waters punts 56 yards to NYN 7.</t>
   </si>
   <si>
-    <t>#55 Michael Outland - RDE</t>
+    <t>#94 Michael Outland - LDE</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>NYN 7</t>
   </si>
   <si>
     <t>1-10-NYN 7 (2:22) 35-Jonathan Grindstaff ran to NYN 8 for 1 yards. Tackle by 94-Thomas Melendez. NYN 35-Jonathan Grindstaff was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Vernon Ladouceur - WR</t>
   </si>
   <si>
     <t>#80 Robert Fuller - TE</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
     <t>NYN 8</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>