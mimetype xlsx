--- v2 (2026-02-26)
+++ v3 (2026-03-28)
@@ -1196,51 +1196,51 @@
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-12-NYN 19 (1:25) 33-Alex Cash ran to NYN 26 for 7 yards. Tackle by 58-Christopher Haygood.</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>NYN 26</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-6-NYN 26 (0:39) 18-Ryan Broyles ran to NYN 30 for 5 yards. Tackle by 53-Fredrick Aguilar. NYN 73-Adam Heckel was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Aaron Mullen kicks 75 yards from NYN 35 to DAL -10. Touchback.</t>
   </si>
   <si>
-    <t>#67 William Swilley - DT</t>
+    <t>#72 William Swilley - DT</t>
   </si>
   <si>
     <t>#62 William Staton - RDE</t>
   </si>
   <si>
     <t>#3 Aaron Mullen - K</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 8-Robert Meece ran to DAL 30 for 5 yards. Tackle by 25-Clark Bush.</t>
   </si>
   <si>
     <t>#79 Andrew Bryant - DT</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>2-5-DAL 30 (14:23) 20-Louis Reichman ran to DAL 30 for 1 yards. Tackle by 53-Paul Pilgrim.</t>
   </si>
@@ -1496,51 +1496,51 @@
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>2-7-DAL 10 (13:39) 18-Ryan Broyles ran to DAL 6 for 5 yards. Tackle by 58-Christopher Haygood. DAL 54-Micheal Fleming was injured on the play.</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>3-2-DAL 6 (12:58) 5-Steve Seifert pass Pass knocked down by 58-Christopher Haygood. incomplete, intended for 33-Alex Cash.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-DAL 6 (12:54) 3-Aaron Mullen 24 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#68 David Koeller - RG</t>
+    <t>#56 David Koeller - RG</t>
   </si>
   <si>
     <t>#67 Stephen Hinkle - C</t>
   </si>
   <si>
     <t>#61 Christopher Evans - DT</t>
   </si>
   <si>
     <t>#62 Carl Little - LDE</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>1-10-DAL 20 (12:52) 8-Robert Meece ran to DAL 24 for 4 yards. Tackle by 25-Clark Bush.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>2-6-DAL 24 (12:08) 10-Richard Goodman pass complete to 89-Sherman Adams to DAL 30 for 6 yards. Tackle by 26-Jason Spearing.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>