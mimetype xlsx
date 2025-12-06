--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -293,63 +293,63 @@
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Thomas Bush kicks 70 yards from ARZ 35 to HOU -5. Touchback.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>#39 Ernest Williamson - CB</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#87 Roy Robertson - C</t>
   </si>
   <si>
-    <t>#69 John Spencer - RG</t>
+    <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#25 Daniel Benedict - WR</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
-    <t>#3 Troy Briggs - WR</t>
+    <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#56 Elmer Corlew - RG</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#5 Thomas Bush - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 40-Scotty Soler ran to HOU 41 for 16 yards. Tackle by 43-Leo Putz.</t>
   </si>
@@ -425,54 +425,54 @@
   <si>
     <t>1-10-ARZ 46 (13:36) 49-Lawrence Azar ran to ARZ 21 for 25 yards. Tackle by 49-James Young. HOU 77-Napoleon Lynch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Lawrence Azar - CB</t>
   </si>
   <si>
     <t>#34 Preston Corbin - CB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>ARZ 21</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-ARZ 21 (13:00) 83-Chester Glass ran to ARZ 14 for 6 yards. Tackle by 44-Arturo Hawkins. HOU 65-Joseph Odell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 Chester Glass - WR</t>
   </si>
   <si>
-    <t>#17 James Long - WR</t>
-[...2 lines deleted...]
-    <t>#10 Leonard Zerbe - WR</t>
+    <t>#17 James Long - C</t>
+  </si>
+  <si>
+    <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#74 Felipe Howland - C</t>
   </si>
   <si>
     <t>#63 Kenneth Kim - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
     <t>#31 James Kahn - SS</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>ARZ 14</t>
   </si>
   <si>
     <t>I Formation Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>ARZ 2</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>(12:17) 25-Daniel Benedict ran to ARZ 0 for 2 yards. Tackle by 91-Mark Perez.</t>
   </si>
   <si>
     <t>#37 Michael Beck - FS</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>(12:17) 11-Joe Kim kicks 75 yards from HOU 35 to ARZ -10. Touchback.</t>
   </si>
   <si>
-    <t>#86 Richard Davis - WR</t>
+    <t>#18 Richard Davis - WR</t>
   </si>
   <si>
     <t>#28 Willard Parker - WLB</t>
   </si>
   <si>
     <t>#41 Eric Bugarin - FS</t>
   </si>
   <si>
     <t>#11 Joe Kim - K</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (12:17) 17-Edwin Heide ran to ARZ 31 for 6 yards. Tackle by 51-George Dilbeck. PENALTY - Holding (ARZ 54-Kelly Sullivan)</t>
   </si>
   <si>
     <t>#10 Donald Jones - QB</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#58 Justin Walton - SS</t>
   </si>
   <si>
     <t>#47 Gavin Lenz - SS</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - CB</t>
+    <t>#23 Jesse Macdonald - SS</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>ARZ 19</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>1-16-ARZ 19 (12:15) 10-Donald Jones pass complete to 87-Malik Cousar to ARZ 27 for 8 yards. Tackle by 29-Alejandro Clayton.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>ARZ 27</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>4-10-ARZ 25 (10:57) 11-Bennie Adams punts 46 yards to HOU 29. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#11 Bennie Adams - P</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#73 Jeffery Moore - LG</t>
   </si>
   <si>
     <t>#75 Ronald Cunningham - LT</t>
   </si>
   <si>
     <t>#70 George Hamilton - RT</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
-    <t>#44 Michael Gant - FS</t>
+    <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 29 (10:51) 40-Scotty Soler ran to HOU 32 for 3 yards. Tackle by 59-Samuel Lewis.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>HOU 32</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
@@ -1181,66 +1181,66 @@
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB5 Blitz</t>
   </si>
   <si>
     <t>3-14-HOU 32 (1:04) 8-Peter Evans sacked at HOU 24 for -8 yards (28-Willard Parker)</t>
   </si>
   <si>
     <t>1:01</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>HOU 24</t>
   </si>
   <si>
     <t>4-22-HOU 24 (0:59) 7-Armand Blackshire punts 63 yards to ARZ 13.</t>
   </si>
   <si>
-    <t>#7 Armand Blackshire - P</t>
+    <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>ARZ 13</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-ARZ 13 (0:49) 10-Donald Jones pass complete to 82-Jerry Miller to ARZ 27 for 14 yards. Tackle by 24-Carroll Sullivan. 82-Jerry Miller breaks down the CB.</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>#90 Benjamin Torres - RDE</t>
   </si>
   <si>
     <t>0:07</t>
   </si>
   <si>
     <t>1-10-ARZ 27 (0:06) 10-Donald Jones pass complete to 82-Jerry Miller to ARZ 45 for 18 yards. Tackle by 27-Joseph Pendley.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>ARZ 45</t>
   </si>
   <si>
     <t>1-10-ARZ 45 (0:03) 10-Donald Jones pass complete to 82-Jerry Miller to HOU 39 for 16 yards. Tackle by 39-Ernest Williamson.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
@@ -1253,51 +1253,51 @@
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (15:00) 10-Donald Jones pass Pass knocked down by 24-Carroll Sullivan. incomplete, intended for 81-Richard Davis.</t>
   </si>
   <si>
     <t>#16 James Robinson - WR</t>
   </si>
   <si>
     <t>#15 Richard Murray - WR</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-10-ARZ 25 (14:57) 17-Edwin Heide ran to ARZ 31 for 6 yards. Tackle by 1-Jacob Daniels.</t>
   </si>
   <si>
-    <t>#50 Alberto Justus - CB</t>
+    <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>ARZ 31</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4-ARZ 31 (14:16) 17-Edwin Heide ran to ARZ 30 for -1 yards. Tackle by 47-Gavin Lenz.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>4-5-ARZ 30 (13:32) 11-Bennie Adams punts 48 yards to HOU 22. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>HOU 22</t>
   </si>
@@ -2130,54 +2130,54 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="323.064" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>