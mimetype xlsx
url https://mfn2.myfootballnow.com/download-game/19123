--- v1 (2025-12-06)
+++ v2 (2026-01-18)
@@ -1025,51 +1025,51 @@
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>3-5-ARZ 5 (6:13) 83-Chester Glass ran to ARZ 4 for 1 yards. Tackle by 43-Leo Putz.</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>ARZ 4</t>
   </si>
   <si>
     <t>4-4-ARZ 4 (5:30) 11-Joe Kim 22 yard field goal is GOOD. HOU 77-Napoleon Lynch was injured on the play. He looks like he should be able to return. ARZ 3 HOU 17</t>
   </si>
   <si>
     <t>#2 Anthony Carlton - QB</t>
   </si>
   <si>
     <t>#52 Ian Woodruff - C</t>
   </si>
   <si>
     <t>#97 Stephen King - SLB</t>
   </si>
   <si>
-    <t>#96 Randall Janssen - MLB</t>
+    <t>#55 Randall Janssen - MLB</t>
   </si>
   <si>
     <t>#66 Thomas Weber - DT</t>
   </si>
   <si>
     <t>5:27</t>
   </si>
   <si>
     <t>(5:28) 11-Joe Kim kicks 74 yards from HOU 35 to ARZ -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (5:28) 10-Donald Jones pass incomplete, dropped by 87-Malik Cousar.</t>
   </si>
   <si>
     <t>5:24</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-10-ARZ 25 (5:25) 17-Edwin Heide ran to ARZ 29 for 4 yards. Tackle by 1-Jacob Daniels.</t>
   </si>