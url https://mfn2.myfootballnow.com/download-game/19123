--- v2 (2026-01-18)
+++ v3 (2026-03-22)
@@ -284,153 +284,153 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ARZ has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Thomas Bush kicks 70 yards from ARZ 35 to HOU -5. Touchback.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - CB</t>
+    <t>#39 Ernest Williamson - SS</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#87 Roy Robertson - C</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
-    <t>#25 Daniel Benedict - WR</t>
+    <t>#25 Daniel Benedict - RB</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#56 Elmer Corlew - RG</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#5 Thomas Bush - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 40-Scotty Soler ran to HOU 41 for 16 yards. Tackle by 43-Leo Putz.</t>
   </si>
   <si>
     <t>#8 Peter Evans - QB</t>
   </si>
   <si>
-    <t>#40 Scotty Soler - RDE</t>
+    <t>#40 Scotty Soler - CB</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#50 Mark Sneed - LDE</t>
   </si>
   <si>
     <t>#95 Larry Sanchez - DT</t>
   </si>
   <si>
     <t>#72 Mark Perez - DT</t>
   </si>
   <si>
     <t>#62 Isaias Smith - RDE</t>
   </si>
   <si>
     <t>#99 Edwin Eley - MLB</t>
   </si>
   <si>
     <t>#93 Robbie Acevedo - WLB</t>
   </si>
   <si>
     <t>#38 Keith Holmes - CB</t>
   </si>
   <si>
     <t>#20 Michael Berthelot - CB</t>
   </si>
   <si>
     <t>#43 Leo Putz - CB</t>
   </si>
   <si>
     <t>#49 James Young - SS</t>
   </si>
   <si>
     <t>#44 Arturo Hawkins - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>HOU 41</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 41 (14:22) 40-Scotty Soler ran to ARZ 46 for 13 yards. Tackle by 49-James Young.</t>
   </si>
   <si>
-    <t>#59 Samuel Lewis - SLB</t>
+    <t>#59 Samuel Lewis - WLB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>ARZ 46</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ARZ 46 (13:36) 49-Lawrence Azar ran to ARZ 21 for 25 yards. Tackle by 49-James Young. HOU 77-Napoleon Lynch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Lawrence Azar - CB</t>
   </si>
   <si>
     <t>#34 Preston Corbin - CB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>#11 Joe Kim - K</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (12:17) 17-Edwin Heide ran to ARZ 31 for 6 yards. Tackle by 51-George Dilbeck. PENALTY - Holding (ARZ 54-Kelly Sullivan)</t>
   </si>
   <si>
     <t>#10 Donald Jones - QB</t>
   </si>
   <si>
     <t>#17 Edwin Heide - RB</t>
   </si>
   <si>
     <t>#87 Malik Cousar - TE</t>
   </si>
   <si>
-    <t>#86 Garland Birch - TE</t>
+    <t>#85 Garland Birch - TE</t>
   </si>
   <si>
     <t>#82 Jerry Miller - WR</t>
   </si>
   <si>
     <t>#54 Kelly Sullivan - LT</t>
   </si>
   <si>
     <t>#68 Charles Allen - LG</t>
   </si>
   <si>
     <t>#55 James Church - C</t>
   </si>
   <si>
     <t>#52 Charles Starks - RG</t>
   </si>
   <si>
     <t>#69 James Larry - RT</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#58 Justin Walton - SS</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-ARZ 25 (10:57) 11-Bennie Adams punts 46 yards to HOU 29. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#11 Bennie Adams - P</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#73 Jeffery Moore - LG</t>
   </si>
   <si>
     <t>#75 Ronald Cunningham - LT</t>
   </si>
   <si>
     <t>#70 George Hamilton - RT</t>
   </si>
   <si>
-    <t>#42 David Snyder - LDE</t>
+    <t>#53 David Snyder - LDE</t>
   </si>
   <si>
     <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 29 (10:51) 40-Scotty Soler ran to HOU 32 for 3 yards. Tackle by 59-Samuel Lewis.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>HOU 32</t>
   </si>
@@ -1196,93 +1196,93 @@
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>HOU 24</t>
   </si>
   <si>
     <t>4-22-HOU 24 (0:59) 7-Armand Blackshire punts 63 yards to ARZ 13.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>ARZ 13</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-ARZ 13 (0:49) 10-Donald Jones pass complete to 82-Jerry Miller to ARZ 27 for 14 yards. Tackle by 24-Carroll Sullivan. 82-Jerry Miller breaks down the CB.</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#90 Benjamin Torres - RDE</t>
   </si>
   <si>
     <t>0:07</t>
   </si>
   <si>
     <t>1-10-ARZ 27 (0:06) 10-Donald Jones pass complete to 82-Jerry Miller to ARZ 45 for 18 yards. Tackle by 27-Joseph Pendley.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>ARZ 45</t>
   </si>
   <si>
     <t>1-10-ARZ 45 (0:03) 10-Donald Jones pass complete to 82-Jerry Miller to HOU 39 for 16 yards. Tackle by 39-Ernest Williamson.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 11-Joe Kim kicks 74 yards from HOU 35 to ARZ -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Middle Curls</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (15:00) 10-Donald Jones pass Pass knocked down by 24-Carroll Sullivan. incomplete, intended for 81-Richard Davis.</t>
   </si>
   <si>
     <t>#16 James Robinson - WR</t>
   </si>
   <si>
-    <t>#15 Richard Murray - WR</t>
+    <t>#17 Richard Murray - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-10-ARZ 25 (14:57) 17-Edwin Heide ran to ARZ 31 for 6 yards. Tackle by 1-Jacob Daniels.</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>ARZ 31</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>