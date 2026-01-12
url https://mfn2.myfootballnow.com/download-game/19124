--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -284,78 +284,78 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WAS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Chris Davis kicks 75 yards from BAL 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>#33 Robert Ventura - RB</t>
   </si>
   <si>
-    <t>#70 Joshua Hildreth - DT</t>
+    <t>#61 Joshua Hildreth - DT</t>
   </si>
   <si>
     <t>#43 Edward Bieber - WLB</t>
   </si>
   <si>
-    <t>#98 Andrew Lee - DT</t>
+    <t>#75 Andrew Lee - DT</t>
   </si>
   <si>
     <t>#27 Rodrick Dunbar - CB</t>
   </si>
   <si>
     <t>#93 Emory Stewart - DT</t>
   </si>
   <si>
     <t>#33 James Williams - FS</t>
   </si>
   <si>
     <t>#49 George Harris - MLB</t>
   </si>
   <si>
     <t>#44 Robert Shaw - MLB</t>
   </si>
   <si>
     <t>#53 Todd Frank - DT</t>
   </si>
   <si>
-    <t>#15 Pat Standridge - FS</t>
+    <t>#45 Pat Standridge - FS</t>
   </si>
   <si>
     <t>#10 Chris Davis - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 14-Gabriel Anguiano pass complete to 88-Derek Mack to WAS 31 for 6 yards. Tackle by 95-William Hurst.</t>
   </si>
   <si>
     <t>#14 Gabriel Anguiano - QB</t>
   </si>
   <si>
     <t>#37 John Fitzpatrick - RB</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-2-WAS 49 (12:19) 37-John Fitzpatrick ran to BAL 50 for 2 yards. Tackle by 70-William Benoit.</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>BAL 50</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-BAL 50 (11:43) 1-Charles Fleming punts 51 yards to BAL -1.4-1-BAL 50 (11:43) 1-Charles Fleming punts 51 yards to BAL -1. Touchback.</t>
   </si>
   <si>
     <t>#1 Charles Fleming - P</t>
   </si>
   <si>
-    <t>#59 Jerry Leonard - C</t>
+    <t>#76 Jerry Leonard - C</t>
   </si>
   <si>
     <t>#49 Wendell Martin - RB</t>
   </si>
   <si>
     <t>#90 Daniel McClain - RDE</t>
   </si>
   <si>
     <t>#60 Paul Batchelder - LG</t>
   </si>
   <si>
     <t>#50 Robert Knowles - MLB</t>
   </si>
   <si>
     <t>#93 Robert Michell - RDE</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>BAL 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
@@ -776,57 +776,57 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-9-BAL 14 (4:34) 14-Gabriel Anguiano pass complete to 11-Tim Nichols to BAL 9 for 6 yards. Tackle by 27-Ricky Whitlock.</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
   <si>
     <t>BAL 9</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-BAL 9 (3:49) 3-Jared Thomas 26 yard field goal is GOOD. WAS 3 BAL 0</t>
   </si>
   <si>
     <t>#8 Glenn Doerr - QB</t>
   </si>
   <si>
-    <t>#3 Jared Thomas - K</t>
+    <t>#18 Jared Thomas - K</t>
   </si>
   <si>
     <t>#69 Joseph Lui - RDE</t>
   </si>
   <si>
-    <t>#62 Charles Richardson - LDE</t>
+    <t>#73 Charles Richardson - LDE</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(3:47) 3-Jared Thomas kicks 72 yards from WAS 35 to BAL -7. Touchback.</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>1-10-BAL 25 (3:47) 23-Kenneth Sanchez ran to BAL 25 for a short loss. Tackle by 74-Dustin Hutchinson. BAL 83-Ruben Holt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>2-10-BAL 25 (3:04) 13-Andrew Wortman pass complete to 23-Kenneth Sanchez to BAL 26 for 2 yards. Tackle by 95-Charles Broadnax.</t>
   </si>
@@ -971,51 +971,51 @@
   <si>
     <t>#18 Willie Body - WR</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-20-WAS 46 (13:30) 14-Gabriel Anguiano pass complete to 24-Robert Ventura to BAL 46 for 8 yards. Tackle by 70-William Benoit.</t>
   </si>
   <si>
     <t>#59 Brian Price - WLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>BAL 46</t>
   </si>
   <si>
     <t>4-12-BAL 46 (12:54) 1-Charles Fleming punts 41 yards to BAL 4. Fair Catch by 20-Wendell Martin.</t>
   </si>
   <si>
-    <t>#98 Owen Stclair - WLB</t>
+    <t>#94 Owen Stclair - WLB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>BAL 4</t>
   </si>
   <si>
     <t>1-10-BAL 4 (12:48) 13-Andrew Wortman pass complete to 86-Michael Witcher to BAL 15 for 11 yards. Tackle by 15-Pat Standridge. Nice job by 86-Michael Witcher on that route to lose his coverage.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>1-10-BAL 15 (12:05) 23-Kenneth Sanchez ran to BAL 18 for 3 yards. Tackle by 93-Emory Stewart.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>BAL 18</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
@@ -2252,52 +2252,52 @@
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="23.423" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>