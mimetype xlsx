--- v1 (2026-01-12)
+++ v2 (2026-03-12)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Chris Davis kicks 75 yards from BAL 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>#33 Robert Ventura - RB</t>
   </si>
   <si>
     <t>#61 Joshua Hildreth - DT</t>
   </si>
   <si>
     <t>#43 Edward Bieber - WLB</t>
   </si>
   <si>
     <t>#75 Andrew Lee - DT</t>
   </si>
   <si>
     <t>#27 Rodrick Dunbar - CB</t>
   </si>
   <si>
-    <t>#93 Emory Stewart - DT</t>
+    <t>#92 Emory Stewart - DT</t>
   </si>
   <si>
     <t>#33 James Williams - FS</t>
   </si>
   <si>
     <t>#49 George Harris - MLB</t>
   </si>
   <si>
     <t>#44 Robert Shaw - MLB</t>
   </si>
   <si>
     <t>#53 Todd Frank - DT</t>
   </si>
   <si>
     <t>#45 Pat Standridge - FS</t>
   </si>
   <si>
     <t>#10 Chris Davis - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
@@ -374,96 +374,96 @@
   <si>
     <t>#70 Wallace Wyatt - LT</t>
   </si>
   <si>
     <t>#71 John Harrison - LG</t>
   </si>
   <si>
     <t>#58 Gregory Long - C</t>
   </si>
   <si>
     <t>#62 Kirk Frantz - RG</t>
   </si>
   <si>
     <t>#78 Jason Day - RT</t>
   </si>
   <si>
     <t>#99 William Benoit - DT</t>
   </si>
   <si>
     <t>#96 Curtis Ackerson - LDE</t>
   </si>
   <si>
     <t>#76 Lance Leddy - RDE</t>
   </si>
   <si>
-    <t>#57 Michael Fresquez - RDE</t>
+    <t>#58 Michael Fresquez - RDE</t>
   </si>
   <si>
     <t>#56 Clarence Parks - MLB</t>
   </si>
   <si>
     <t>#41 William Hurst - CB</t>
   </si>
   <si>
     <t>#92 Paul Hall - WLB</t>
   </si>
   <si>
     <t>#35 Gregorio Ocampo - FS</t>
   </si>
   <si>
     <t>#27 Ricky Whitlock - CB</t>
   </si>
   <si>
     <t>#45 Jeffrey Chung - SS</t>
   </si>
   <si>
     <t>#42 Richard Gorrell - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-4-WAS 31 (14:20) 37-John Fitzpatrick ran to WAS 41 for 10 yards. Tackle by 27-Ricky Whitlock.</t>
   </si>
   <si>
     <t>#35 Rudolph Mooney - RB</t>
   </si>
   <si>
     <t>#80 Stephen Black - TE</t>
   </si>
   <si>
-    <t>#51 Warren Pendleton - SLB</t>
+    <t>#91 Warren Pendleton - SS</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>WAS 41</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-WAS 41 (13:38) 37-John Fitzpatrick ran to WAS 42 for 1 yards. Tackle by 57-Michael Fresquez.</t>
   </si>
   <si>
     <t>#12 Ralph Long - WR</t>
   </si>
   <si>
     <t>#32 Kelly Oneill - CB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>BAL 50</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-BAL 50 (11:43) 1-Charles Fleming punts 51 yards to BAL -1.4-1-BAL 50 (11:43) 1-Charles Fleming punts 51 yards to BAL -1. Touchback.</t>
   </si>
   <si>
     <t>#1 Charles Fleming - P</t>
   </si>
   <si>
     <t>#76 Jerry Leonard - C</t>
   </si>
   <si>
     <t>#49 Wendell Martin - RB</t>
   </si>
   <si>
-    <t>#90 Daniel McClain - RDE</t>
+    <t>#55 Daniel McClain - RDE</t>
   </si>
   <si>
     <t>#60 Paul Batchelder - LG</t>
   </si>
   <si>
     <t>#50 Robert Knowles - MLB</t>
   </si>
   <si>
     <t>#93 Robert Michell - RDE</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>BAL 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-BAL 20 (11:37) 23-Kenneth Sanchez ran to WAS 46 for 34 yards. Tackle by 26-Eric Williams.</t>
   </si>
@@ -776,51 +776,51 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-9-BAL 14 (4:34) 14-Gabriel Anguiano pass complete to 11-Tim Nichols to BAL 9 for 6 yards. Tackle by 27-Ricky Whitlock.</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
   <si>
     <t>BAL 9</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-BAL 9 (3:49) 3-Jared Thomas 26 yard field goal is GOOD. WAS 3 BAL 0</t>
   </si>
   <si>
     <t>#8 Glenn Doerr - QB</t>
   </si>
   <si>
-    <t>#18 Jared Thomas - K</t>
+    <t>#19 Jared Thomas - K</t>
   </si>
   <si>
     <t>#69 Joseph Lui - RDE</t>
   </si>
   <si>
     <t>#73 Charles Richardson - LDE</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(3:47) 3-Jared Thomas kicks 72 yards from WAS 35 to BAL -7. Touchback.</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>1-10-BAL 25 (3:47) 23-Kenneth Sanchez ran to BAL 25 for a short loss. Tackle by 74-Dustin Hutchinson. BAL 83-Ruben Holt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
@@ -2267,51 +2267,51 @@
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="23.423" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>