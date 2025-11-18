--- v0 (2025-10-27)
+++ v1 (2025-11-18)
@@ -368,63 +368,63 @@
   <si>
     <t>#1 Mark Vaughn - TE</t>
   </si>
   <si>
     <t>#77 Jon Rodriguez - LT</t>
   </si>
   <si>
     <t>#71 Brendan Weidner - LG</t>
   </si>
   <si>
     <t>#60 Jesse Bryant - C</t>
   </si>
   <si>
     <t>#51 Adam Simpson - RG</t>
   </si>
   <si>
     <t>#50 Frank Phillips - RT</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
-    <t>#50 Alberto Justus - CB</t>
+    <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
     <t>#58 Justin Walton - SS</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - CB</t>
-[...2 lines deleted...]
-    <t>#47 Gavin Lenz - SS</t>
+    <t>#23 Jesse Macdonald - FS</t>
+  </si>
+  <si>
+    <t>#47 Gavin Lenz - FS</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#39 Ernest Williamson - CB</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-NOS 25 (14:16) 2-Scott Hennigan pass Pass knocked down by 23-Jesse Macdonald. incomplete, intended for 80-Ryan Stotts.</t>
   </si>
@@ -437,129 +437,129 @@
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>3-10-NOS 25 (14:13) 49-Chad Haynes ran to NOS 25 for a short loss. Tackle by 44-Michael Gant.</t>
   </si>
   <si>
     <t>#18 Gerard Gossett - WR</t>
   </si>
   <si>
     <t>#87 Hal Copeland - WR</t>
   </si>
   <si>
-    <t>#44 Michael Gant - FS</t>
+    <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>#40 Scotty Soler - RDE</t>
   </si>
   <si>
     <t>#49 Lawrence Azar - CB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-NOS 25 (13:32) 8-Carl McCay punts 43 yards to HOU 31. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#8 Carl McCay - P</t>
   </si>
   <si>
     <t>#69 Troy Reed - LG</t>
   </si>
   <si>
     <t>#10 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#25 Daniel Benedict - WR</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - CB</t>
+    <t>#34 Johnny Steele - RDE</t>
   </si>
   <si>
     <t>#33 Larry Rozier - RB</t>
   </si>
   <si>
     <t>#71 Jeffery Chou - C</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 31 (13:25) 8-Peter Evans pass complete to 80-Gilbert Cashman to HOU 43 for 12 yards. Tackle by 95-Robert Jones.</t>
   </si>
   <si>
     <t>#8 Peter Evans - QB</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#83 Chester Glass - WR</t>
   </si>
   <si>
-    <t>#17 James Long - WR</t>
+    <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#63 Kenneth Kim - C</t>
   </si>
   <si>
     <t>#78 John Burns - C</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#52 James Hose - LDE</t>
   </si>
   <si>
     <t>#78 Eric Holman - DT</t>
   </si>
   <si>
     <t>#56 Kenneth Iglesias - DT</t>
   </si>
   <si>
     <t>#91 Eugene Monteith - MLB</t>
   </si>
   <si>
     <t>#95 Robert Jones - SS</t>
   </si>
@@ -584,93 +584,93 @@
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>2-10-HOU 43 (12:45) 8-Peter Evans pass complete to 17-James Long to NOS 29 for 28 yards. 17-James Long FUMBLES (36-Joseph Wolf) recovered by HOU-17-James Long to NOS 23 for 2 yards. Tackle by 94-Hiram Wagner. 17-James Long made a great move on the CB.</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>#94 Hiram Wagner - SLB</t>
   </si>
   <si>
     <t>#25 Ronald Young - FS</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>NOS 23</t>
   </si>
   <si>
     <t>1-10-NOS 23 (12:06) 8-Peter Evans pass Pass knocked down by 54-Bertram Blevins. incomplete, intended for 26-John Madden.</t>
   </si>
   <si>
-    <t>#3 Troy Briggs - WR</t>
+    <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-NOS 23 (12:02) 8-Peter Evans pass Pass knocked down by 40-Bryan Brown. incomplete, intended for 80-Gilbert Cashman.</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#57 Michael Murdoch - RDE</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>3-10-NOS 23 (12:00) 8-Peter Evans pass complete to 49-Lawrence Azar to NOS 26 for -3 yards. Tackle by 27-Luis Pearson.</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>NOS 26</t>
   </si>
   <si>
     <t>4-13-NOS 26 (11:18) 7-Armand Blackshire punts 23 yards to NOS 3.</t>
   </si>
   <si>
-    <t>#7 Armand Blackshire - P</t>
+    <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#52 Ian Woodruff - C</t>
   </si>
   <si>
-    <t>#69 John Spencer - RG</t>
+    <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>NOS 3</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>1-10-NOS 3 (11:08) 2-Scott Hennigan pass Pass knocked down by 51-George Dilbeck. incomplete, intended for 18-Gerard Gossett.</t>
   </si>
   <si>
     <t>#90 Benjamin Torres - RDE</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -2274,92 +2274,92 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="310.21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>