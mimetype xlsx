--- v1 (2025-11-18)
+++ v2 (2025-12-08)
@@ -377,54 +377,54 @@
   <si>
     <t>#60 Jesse Bryant - C</t>
   </si>
   <si>
     <t>#51 Adam Simpson - RG</t>
   </si>
   <si>
     <t>#50 Frank Phillips - RT</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
     <t>#58 Justin Walton - SS</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - FS</t>
-[...2 lines deleted...]
-    <t>#47 Gavin Lenz - FS</t>
+    <t>#23 Jesse Macdonald - SS</t>
+  </si>
+  <si>
+    <t>#47 Gavin Lenz - SS</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#39 Ernest Williamson - CB</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-NOS 25 (14:16) 2-Scott Hennigan pass Pass knocked down by 23-Jesse Macdonald. incomplete, intended for 80-Ryan Stotts.</t>
   </si>
@@ -464,69 +464,69 @@
   <si>
     <t>#40 Scotty Soler - RDE</t>
   </si>
   <si>
     <t>#49 Lawrence Azar - CB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-NOS 25 (13:32) 8-Carl McCay punts 43 yards to HOU 31. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#8 Carl McCay - P</t>
   </si>
   <si>
     <t>#69 Troy Reed - LG</t>
   </si>
   <si>
-    <t>#10 Leonard Zerbe - WR</t>
+    <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#25 Daniel Benedict - WR</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - RDE</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#33 Larry Rozier - RB</t>
   </si>
   <si>
     <t>#71 Jeffery Chou - C</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 31 (13:25) 8-Peter Evans pass complete to 80-Gilbert Cashman to HOU 43 for 12 yards. Tackle by 95-Robert Jones.</t>
   </si>
   <si>
     <t>#8 Peter Evans - QB</t>
   </si>