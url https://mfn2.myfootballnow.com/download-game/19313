--- v2 (2025-12-08)
+++ v3 (2026-02-16)
@@ -338,222 +338,222 @@
   <si>
     <t>#11 Joe Kim - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 43-Alfredo Green ran to NOS 25 for a short gain. Tackle by 47-Gavin Lenz.</t>
   </si>
   <si>
     <t>#17 Scott Hennigan - QB</t>
   </si>
   <si>
     <t>#43 Alfredo Green - RB</t>
   </si>
   <si>
-    <t>#88 Joseph Brown - WR</t>
+    <t>#88 Joseph Brown - LG</t>
   </si>
   <si>
     <t>#80 Ryan Stotts - TE</t>
   </si>
   <si>
     <t>#1 Mark Vaughn - TE</t>
   </si>
   <si>
     <t>#77 Jon Rodriguez - LT</t>
   </si>
   <si>
     <t>#71 Brendan Weidner - LG</t>
   </si>
   <si>
     <t>#60 Jesse Bryant - C</t>
   </si>
   <si>
     <t>#51 Adam Simpson - RG</t>
   </si>
   <si>
     <t>#50 Frank Phillips - RT</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
-    <t>#58 Justin Walton - SS</t>
-[...8 lines deleted...]
-    <t>#51 George Dilbeck - SS</t>
+    <t>#58 Justin Walton - LDE</t>
+  </si>
+  <si>
+    <t>#23 Jesse Macdonald - LDE</t>
+  </si>
+  <si>
+    <t>#47 Gavin Lenz - LDE</t>
+  </si>
+  <si>
+    <t>#51 George Dilbeck - LDE</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - CB</t>
+    <t>#39 Ernest Williamson - LDE</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-NOS 25 (14:16) 2-Scott Hennigan pass Pass knocked down by 23-Jesse Macdonald. incomplete, intended for 80-Ryan Stotts.</t>
   </si>
   <si>
     <t>#14 Mark Ortega - WR</t>
   </si>
   <si>
     <t>#37 Michael Beck - FS</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - SS</t>
-[...2 lines deleted...]
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#29 Alejandro Clayton - LDE</t>
+  </si>
+  <si>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>3-10-NOS 25 (14:13) 49-Chad Haynes ran to NOS 25 for a short loss. Tackle by 44-Michael Gant.</t>
   </si>
   <si>
     <t>#18 Gerard Gossett - WR</t>
   </si>
   <si>
     <t>#87 Hal Copeland - WR</t>
   </si>
   <si>
-    <t>#44 Michael Gant - SS</t>
-[...5 lines deleted...]
-    <t>#49 Lawrence Azar - CB</t>
+    <t>#44 Michael Gant - RDE</t>
+  </si>
+  <si>
+    <t>#40 Scotty Soler - CB</t>
+  </si>
+  <si>
+    <t>#49 Lawrence Azar - RDE</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-NOS 25 (13:32) 8-Carl McCay punts 43 yards to HOU 31. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#8 Carl McCay - P</t>
   </si>
   <si>
     <t>#69 Troy Reed - LG</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#25 Daniel Benedict - WR</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - CB</t>
+    <t>#34 Johnny Steele - C</t>
   </si>
   <si>
     <t>#33 Larry Rozier - RB</t>
   </si>
   <si>
     <t>#71 Jeffery Chou - C</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 31 (13:25) 8-Peter Evans pass complete to 80-Gilbert Cashman to HOU 43 for 12 yards. Tackle by 95-Robert Jones.</t>
   </si>
   <si>
     <t>#8 Peter Evans - QB</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - WR</t>
+    <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#83 Chester Glass - WR</t>
   </si>
   <si>
     <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#63 Kenneth Kim - C</t>
   </si>
   <si>
     <t>#78 John Burns - C</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#52 James Hose - LDE</t>
   </si>
   <si>
     <t>#78 Eric Holman - DT</t>
   </si>
   <si>
     <t>#56 Kenneth Iglesias - DT</t>
   </si>
@@ -2264,108 +2264,108 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="310.21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...9 lines deleted...]
-    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>