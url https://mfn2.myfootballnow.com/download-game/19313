--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -332,228 +332,228 @@
   <si>
     <t>#24 Ronald Renfrow - WLB</t>
   </si>
   <si>
     <t>#27 Luis Pearson - CB</t>
   </si>
   <si>
     <t>#11 Joe Kim - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 43-Alfredo Green ran to NOS 25 for a short gain. Tackle by 47-Gavin Lenz.</t>
   </si>
   <si>
-    <t>#17 Scott Hennigan - QB</t>
+    <t>#7 Scott Hennigan - QB</t>
   </si>
   <si>
     <t>#43 Alfredo Green - RB</t>
   </si>
   <si>
-    <t>#88 Joseph Brown - LG</t>
+    <t>#88 Joseph Brown - WR</t>
   </si>
   <si>
     <t>#80 Ryan Stotts - TE</t>
   </si>
   <si>
     <t>#1 Mark Vaughn - TE</t>
   </si>
   <si>
     <t>#77 Jon Rodriguez - LT</t>
   </si>
   <si>
     <t>#71 Brendan Weidner - LG</t>
   </si>
   <si>
     <t>#60 Jesse Bryant - C</t>
   </si>
   <si>
     <t>#51 Adam Simpson - RG</t>
   </si>
   <si>
     <t>#50 Frank Phillips - RT</t>
   </si>
   <si>
-    <t>#42 David Snyder - LDE</t>
+    <t>#53 David Snyder - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
-    <t>#58 Justin Walton - LDE</t>
-[...8 lines deleted...]
-    <t>#51 George Dilbeck - LDE</t>
+    <t>#58 Justin Walton - SS</t>
+  </si>
+  <si>
+    <t>#23 Jesse Macdonald - SS</t>
+  </si>
+  <si>
+    <t>#47 Gavin Lenz - SS</t>
+  </si>
+  <si>
+    <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - LDE</t>
+    <t>#39 Ernest Williamson - SS</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-NOS 25 (14:16) 2-Scott Hennigan pass Pass knocked down by 23-Jesse Macdonald. incomplete, intended for 80-Ryan Stotts.</t>
   </si>
   <si>
     <t>#14 Mark Ortega - WR</t>
   </si>
   <si>
     <t>#37 Michael Beck - FS</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - LDE</t>
-[...2 lines deleted...]
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#29 Alejandro Clayton - SS</t>
+  </si>
+  <si>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>3-10-NOS 25 (14:13) 49-Chad Haynes ran to NOS 25 for a short loss. Tackle by 44-Michael Gant.</t>
   </si>
   <si>
     <t>#18 Gerard Gossett - WR</t>
   </si>
   <si>
     <t>#87 Hal Copeland - WR</t>
   </si>
   <si>
-    <t>#44 Michael Gant - RDE</t>
+    <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>#40 Scotty Soler - CB</t>
   </si>
   <si>
-    <t>#49 Lawrence Azar - RDE</t>
+    <t>#49 Lawrence Azar - CB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-NOS 25 (13:32) 8-Carl McCay punts 43 yards to HOU 31. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#8 Carl McCay - P</t>
   </si>
   <si>
     <t>#69 Troy Reed - LG</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
-    <t>#25 Daniel Benedict - WR</t>
+    <t>#25 Daniel Benedict - RB</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - C</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#33 Larry Rozier - RB</t>
   </si>
   <si>
     <t>#71 Jeffery Chou - C</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 31 (13:25) 8-Peter Evans pass complete to 80-Gilbert Cashman to HOU 43 for 12 yards. Tackle by 95-Robert Jones.</t>
   </si>
   <si>
     <t>#8 Peter Evans - QB</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#83 Chester Glass - WR</t>
   </si>
   <si>
     <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#63 Kenneth Kim - C</t>
   </si>
   <si>
     <t>#78 John Burns - C</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#52 James Hose - LDE</t>
   </si>
   <si>
     <t>#78 Eric Holman - DT</t>
   </si>
   <si>
     <t>#56 Kenneth Iglesias - DT</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-NOS 3 (11:05) 88-Joseph Brown ran to NOS 5 for 2 yards. Tackle by 1-Jacob Daniels. PENALTY - Facemask (HOU 47-Gavin Lenz)</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>NOS 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-NOS 20 (11:02) 43-Alfredo Green ran to NOS 17 for -3 yards. Tackle by 44-Michael Gant. HOU 51-George Dilbeck was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#81 James Pate - WR</t>
   </si>
   <si>
-    <t>#75 Robert Golson - RG</t>
+    <t>#75 Robert Golson - LG</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>NOS 17</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-13-NOS 17 (10:29) 2-Scott Hennigan pass Pass knocked down by 23-Jesse Macdonald. incomplete, intended for 80-Ryan Stotts.</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-13-NOS 17 (10:26) 43-Alfredo Green ran to NOS 21 for 3 yards. Tackle by 90-Benjamin Torres.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
@@ -2257,115 +2257,115 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="310.21" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
-[...9 lines deleted...]
-    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>