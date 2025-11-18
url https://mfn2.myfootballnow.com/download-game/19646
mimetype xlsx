--- v0 (2025-10-27)
+++ v1 (2025-11-18)
@@ -293,99 +293,99 @@
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Aaron Mullen kicks 75 yards from NYN 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>#31 Aaron Holle - RB</t>
   </si>
   <si>
     <t>#55 James Gayhart - LT</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
-    <t>#69 John Spencer - RG</t>
-[...2 lines deleted...]
-    <t>#3 Troy Briggs - WR</t>
+    <t>#69 John Spencer - C</t>
+  </si>
+  <si>
+    <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#75 Pedro Phillips - C</t>
   </si>
   <si>
     <t>#25 Daniel Benedict - WR</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#3 Aaron Mullen - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 16-Paul Patten pass complete to 80-Gilbert Cashman to HOU 31 for 6 yards. Tackle by 58-Donald Nevin.</t>
   </si>
   <si>
     <t>#8 Paul Patten - QB</t>
   </si>
   <si>
     <t>#14 Vance Witt - WR</t>
   </si>
   <si>
     <t>#83 Chester Glass - WR</t>
   </si>
   <si>
-    <t>#17 James Long - WR</t>
+    <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#93 Shane Ceja - LDE</t>
   </si>
   <si>
     <t>#91 Bo Phillips - DT</t>
   </si>
   <si>
     <t>#98 Michael Williams - DT</t>
   </si>
   <si>
     <t>#95 Michael Ochoa - DT</t>
   </si>
   <si>
     <t>#51 Roland Brazelton - SLB</t>
   </si>
   <si>
     <t>#59 Max Crow - MLB</t>
   </si>
   <si>
     <t>#58 Donald Nevin - WLB</t>
   </si>
   <si>
     <t>#47 Thomas Bear - CB</t>
   </si>
@@ -500,177 +500,177 @@
   <si>
     <t>1-10-NYN 41 (12:25) 16-Paul Patten pass INTERCEPTED by 27-Troy Lucas at NYN 39. 27-Troy Lucas to NYN 48 for 9 yards. Tackle by 76-Jeff Mang. Pressure by 95-Michael Ochoa. HOU 26-John Madden was injured on the play. He looks like he should be able to return. PENALTY - Holding (HOU 77-Napoleon Lynch) (Declined)</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>NYN 48</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-NYN 48 (12:18) 35-Jonathan Grindstaff ran to HOU 48 for 4 yards. Tackle by 51-George Dilbeck. HOU 41-Randy Clyburn was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
-    <t>#35 Jonathan Grindstaff - RB</t>
+    <t>#23 Jonathan Grindstaff - RB</t>
   </si>
   <si>
     <t>#85 Richard Wessel - TE</t>
   </si>
   <si>
     <t>#80 Robert Fuller - TE</t>
   </si>
   <si>
     <t>#86 Jerome Richards - WR</t>
   </si>
   <si>
     <t>#18 Ryan Broyles - WR</t>
   </si>
   <si>
     <t>#67 Stephen Hinkle - C</t>
   </si>
   <si>
     <t>#69 Jim Blake - LG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#61 Andre Zamora - DT</t>
   </si>
   <si>
     <t>#41 Randy Clyburn - FS</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - SS</t>
+    <t>#47 Gavin Lenz - FS</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
-    <t>#44 Michael Gant - FS</t>
+    <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#39 Ernest Williamson - CB</t>
   </si>
   <si>
     <t>#36 Joseph Wolf - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - CB</t>
+    <t>#23 Jesse Macdonald - FS</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>HOU 48</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-HOU 48 (11:42) 5-Steve Seifert pass Pass knocked down by 1-Jacob Daniels. incomplete, intended for 13-Jay Hyatt.</t>
   </si>
   <si>
     <t>#16 Robert Phillip - WR</t>
   </si>
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
     <t>#92 Joseph Kohler - LDE</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-6-HOU 48 (11:38) 35-Jonathan Grindstaff ran to HOU 48 for a short loss. Tackle by 92-Joseph Kohler. HOU 47-Gavin Lenz was injured on the play. He looks like he should be able to return. HOU 50-Alberto Justus was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#37 Vance Allen - RB</t>
   </si>
   <si>
     <t>#87 Paul Galindo - TE</t>
   </si>
   <si>
-    <t>#50 Alberto Justus - CB</t>
+    <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-HOU 48 (11:01) 2-Robert Wardlaw punts 49 yards to HOU -1.4-6-HOU 48 (11:01) 2-Robert Wardlaw punts 49 yards to HOU -1. Touchback.</t>
   </si>
   <si>
     <t>#2 Robert Wardlaw - P</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - CB</t>
+    <t>#34 Johnny Steele - RDE</t>
   </si>
   <si>
     <t>#71 Roger Runyan - RT</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>HOU 20</t>
   </si>
   <si>
     <t>1-10-HOU 20 (10:53) 16-Paul Patten pass Pass knocked down by 47-Thomas Bear. incomplete, intended for 10-Leonard Zerbe. Pressure by 72-James Sprayberry.</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-HOU 20 (10:47) 16-Paul Patten pass complete to 14-Vance Witt to HOU 24 for 4 yards. Tackle by 51-Roland Brazelton. 14-Vance Witt breaks down the CB. NYN 91-Bo Phillips was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>NYN 36</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-3-NYN 36 (7:17) 16-Paul Patten sacked at NYN 43 for -8 yards (58-Donald Nevin). Sack allowed by 26-John Madden.</t>
   </si>
   <si>
     <t>#40 Scotty Soler - RDE</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>4-11-NYN 43 (6:36) 7-Armand Blackshire punts 48 yards to NYN -5.4-11-NYN 43 (6:36) 7-Armand Blackshire punts 48 yards to NYN -5. Touchback.</t>
   </si>
   <si>
-    <t>#7 Armand Blackshire - P</t>
+    <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#52 Ian Woodruff - C</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>NYN 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-NYN 20 (6:29) 35-Jonathan Grindstaff ran to NYN 28 for 8 yards. Tackle by 29-Alejandro Clayton.</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#33 Brian Jackson - CB</t>
   </si>
   <si>
     <t>#27 Joseph Pendley - CB</t>
   </si>
@@ -2163,51 +2163,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="366.768" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>