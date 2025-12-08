--- v1 (2025-11-18)
+++ v2 (2025-12-08)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>HOU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Aaron Mullen kicks 75 yards from NYN 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>#31 Aaron Holle - RB</t>
   </si>
   <si>
-    <t>#55 James Gayhart - LT</t>
+    <t>#71 James Gayhart - LT</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#75 Pedro Phillips - C</t>
   </si>
   <si>
     <t>#25 Daniel Benedict - WR</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
@@ -362,81 +362,81 @@
   <si>
     <t>#83 Chester Glass - WR</t>
   </si>
   <si>
     <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#93 Shane Ceja - LDE</t>
   </si>
   <si>
     <t>#91 Bo Phillips - DT</t>
   </si>
   <si>
     <t>#98 Michael Williams - DT</t>
   </si>
   <si>
     <t>#95 Michael Ochoa - DT</t>
   </si>
   <si>
     <t>#51 Roland Brazelton - SLB</t>
   </si>
   <si>
     <t>#59 Max Crow - MLB</t>
   </si>
   <si>
-    <t>#58 Donald Nevin - WLB</t>
+    <t>#95 Donald Nevin - WLB</t>
   </si>
   <si>
     <t>#47 Thomas Bear - CB</t>
   </si>
   <si>
     <t>#39 Carlos Greenhill - CB</t>
   </si>
   <si>
     <t>#25 Clark Bush - SS</t>
   </si>
   <si>
     <t>#20 Jason Hopper - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-4-HOU 31 (14:16) 16-Paul Patten pass complete to 14-Vance Witt to HOU 40 for 8 yards. Tackle by 59-Max Crow.</t>
   </si>
   <si>
-    <t>#10 Leonard Zerbe - WR</t>
+    <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#59 Willian Roberts - C</t>
   </si>
   <si>
     <t>#96 Scott Ramirez - LDE</t>
   </si>
   <si>
     <t>#72 James Sprayberry - RDE</t>
   </si>
   <si>
     <t>#22 Brandon Spikes - CB</t>
   </si>
   <si>
     <t>#46 Ivan Hanna - CB</t>
   </si>
   <si>
     <t>#23 Warren Jarmon - CB</t>
   </si>
   <si>
     <t>#26 Jason Spearing - CB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
@@ -509,168 +509,168 @@
   <si>
     <t>NYN 48</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-NYN 48 (12:18) 35-Jonathan Grindstaff ran to HOU 48 for 4 yards. Tackle by 51-George Dilbeck. HOU 41-Randy Clyburn was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
     <t>#23 Jonathan Grindstaff - RB</t>
   </si>
   <si>
     <t>#85 Richard Wessel - TE</t>
   </si>
   <si>
     <t>#80 Robert Fuller - TE</t>
   </si>
   <si>
-    <t>#86 Jerome Richards - WR</t>
+    <t>#89 Jerome Richards - WR</t>
   </si>
   <si>
     <t>#18 Ryan Broyles - WR</t>
   </si>
   <si>
     <t>#67 Stephen Hinkle - C</t>
   </si>
   <si>
     <t>#69 Jim Blake - LG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#61 Andre Zamora - DT</t>
   </si>
   <si>
     <t>#41 Randy Clyburn - FS</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - FS</t>
+    <t>#47 Gavin Lenz - SS</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#39 Ernest Williamson - CB</t>
   </si>
   <si>
     <t>#36 Joseph Wolf - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - FS</t>
+    <t>#23 Jesse Macdonald - SS</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>HOU 48</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-HOU 48 (11:42) 5-Steve Seifert pass Pass knocked down by 1-Jacob Daniels. incomplete, intended for 13-Jay Hyatt.</t>
   </si>
   <si>
     <t>#16 Robert Phillip - WR</t>
   </si>
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
     <t>#92 Joseph Kohler - LDE</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-6-HOU 48 (11:38) 35-Jonathan Grindstaff ran to HOU 48 for a short loss. Tackle by 92-Joseph Kohler. HOU 47-Gavin Lenz was injured on the play. He looks like he should be able to return. HOU 50-Alberto Justus was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#37 Vance Allen - RB</t>
   </si>
   <si>
-    <t>#87 Paul Galindo - TE</t>
+    <t>#82 Paul Galindo - TE</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-HOU 48 (11:01) 2-Robert Wardlaw punts 49 yards to HOU -1.4-6-HOU 48 (11:01) 2-Robert Wardlaw punts 49 yards to HOU -1. Touchback.</t>
   </si>
   <si>
     <t>#2 Robert Wardlaw - P</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - RDE</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#71 Roger Runyan - RT</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>HOU 20</t>
   </si>
   <si>
     <t>1-10-HOU 20 (10:53) 16-Paul Patten pass Pass knocked down by 47-Thomas Bear. incomplete, intended for 10-Leonard Zerbe. Pressure by 72-James Sprayberry.</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-HOU 20 (10:47) 16-Paul Patten pass complete to 14-Vance Witt to HOU 24 for 4 yards. Tackle by 51-Roland Brazelton. 14-Vance Witt breaks down the CB. NYN 91-Bo Phillips was injured on the play. He looks like he should be able to return.</t>
   </si>