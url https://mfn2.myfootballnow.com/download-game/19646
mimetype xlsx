--- v2 (2025-12-08)
+++ v3 (2026-02-16)
@@ -305,90 +305,90 @@
   <si>
     <t>#31 Aaron Holle - RB</t>
   </si>
   <si>
     <t>#71 James Gayhart - LT</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#75 Pedro Phillips - C</t>
   </si>
   <si>
     <t>#25 Daniel Benedict - WR</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - WR</t>
+    <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#3 Aaron Mullen - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 16-Paul Patten pass complete to 80-Gilbert Cashman to HOU 31 for 6 yards. Tackle by 58-Donald Nevin.</t>
   </si>
   <si>
     <t>#8 Paul Patten - QB</t>
   </si>
   <si>
     <t>#14 Vance Witt - WR</t>
   </si>
   <si>
     <t>#83 Chester Glass - WR</t>
   </si>
   <si>
     <t>#17 James Long - C</t>
   </si>
   <si>
-    <t>#93 Shane Ceja - LDE</t>
+    <t>#74 Shane Ceja - LDE</t>
   </si>
   <si>
     <t>#91 Bo Phillips - DT</t>
   </si>
   <si>
     <t>#98 Michael Williams - DT</t>
   </si>
   <si>
     <t>#95 Michael Ochoa - DT</t>
   </si>
   <si>
     <t>#51 Roland Brazelton - SLB</t>
   </si>
   <si>
     <t>#59 Max Crow - MLB</t>
   </si>
   <si>
     <t>#95 Donald Nevin - WLB</t>
   </si>
   <si>
     <t>#47 Thomas Bear - CB</t>
   </si>
   <si>
     <t>#39 Carlos Greenhill - CB</t>
   </si>
@@ -503,177 +503,177 @@
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>NYN 48</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-NYN 48 (12:18) 35-Jonathan Grindstaff ran to HOU 48 for 4 yards. Tackle by 51-George Dilbeck. HOU 41-Randy Clyburn was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
     <t>#23 Jonathan Grindstaff - RB</t>
   </si>
   <si>
-    <t>#85 Richard Wessel - TE</t>
+    <t>#83 Richard Wessel - TE</t>
   </si>
   <si>
     <t>#80 Robert Fuller - TE</t>
   </si>
   <si>
     <t>#89 Jerome Richards - WR</t>
   </si>
   <si>
     <t>#18 Ryan Broyles - WR</t>
   </si>
   <si>
     <t>#67 Stephen Hinkle - C</t>
   </si>
   <si>
     <t>#69 Jim Blake - LG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#61 Andre Zamora - DT</t>
   </si>
   <si>
     <t>#41 Randy Clyburn - FS</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - SS</t>
-[...2 lines deleted...]
-    <t>#51 George Dilbeck - SS</t>
+    <t>#47 Gavin Lenz - LDE</t>
+  </si>
+  <si>
+    <t>#51 George Dilbeck - LDE</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
-    <t>#44 Michael Gant - SS</t>
+    <t>#44 Michael Gant - RDE</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - CB</t>
+    <t>#39 Ernest Williamson - LDE</t>
   </si>
   <si>
     <t>#36 Joseph Wolf - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - SS</t>
+    <t>#23 Jesse Macdonald - LDE</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>HOU 48</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-HOU 48 (11:42) 5-Steve Seifert pass Pass knocked down by 1-Jacob Daniels. incomplete, intended for 13-Jay Hyatt.</t>
   </si>
   <si>
-    <t>#16 Robert Phillip - WR</t>
+    <t>#89 Robert Phillip - WR</t>
   </si>
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
-    <t>#92 Joseph Kohler - LDE</t>
+    <t>#67 Joseph Kohler - LDE</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-6-HOU 48 (11:38) 35-Jonathan Grindstaff ran to HOU 48 for a short loss. Tackle by 92-Joseph Kohler. HOU 47-Gavin Lenz was injured on the play. He looks like he should be able to return. HOU 50-Alberto Justus was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#37 Vance Allen - RB</t>
   </si>
   <si>
     <t>#82 Paul Galindo - TE</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-HOU 48 (11:01) 2-Robert Wardlaw punts 49 yards to HOU -1.4-6-HOU 48 (11:01) 2-Robert Wardlaw punts 49 yards to HOU -1. Touchback.</t>
   </si>
   <si>
     <t>#2 Robert Wardlaw - P</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - CB</t>
-[...2 lines deleted...]
-    <t>#71 Roger Runyan - RT</t>
+    <t>#34 Johnny Steele - C</t>
+  </si>
+  <si>
+    <t>#71 Roger Runyan - LG</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>HOU 20</t>
   </si>
   <si>
     <t>1-10-HOU 20 (10:53) 16-Paul Patten pass Pass knocked down by 47-Thomas Bear. incomplete, intended for 10-Leonard Zerbe. Pressure by 72-James Sprayberry.</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-HOU 20 (10:47) 16-Paul Patten pass complete to 14-Vance Witt to HOU 24 for 4 yards. Tackle by 51-Roland Brazelton. 14-Vance Witt breaks down the CB. NYN 91-Bo Phillips was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
@@ -722,87 +722,87 @@
   <si>
     <t>NYN 42</t>
   </si>
   <si>
     <t>1-10-NYN 42 (7:58) 16-Paul Patten pass Pass knocked down by 46-Ivan Hanna. incomplete, intended for 83-Chester Glass. Pressure by 96-Scott Ramirez.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>2-10-NYN 42 (7:54) 16-Paul Patten pass complete to 88-Lawrence Miller to NYN 36 for 7 yards. Tackle by 27-Troy Lucas. Great move by 88-Lawrence Miller to get free of his coverage.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>NYN 36</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-3-NYN 36 (7:17) 16-Paul Patten sacked at NYN 43 for -8 yards (58-Donald Nevin). Sack allowed by 26-John Madden.</t>
   </si>
   <si>
-    <t>#40 Scotty Soler - RDE</t>
+    <t>#40 Scotty Soler - CB</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>4-11-NYN 43 (6:36) 7-Armand Blackshire punts 48 yards to NYN -5.4-11-NYN 43 (6:36) 7-Armand Blackshire punts 48 yards to NYN -5. Touchback.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#52 Ian Woodruff - C</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>NYN 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-NYN 20 (6:29) 35-Jonathan Grindstaff ran to NYN 28 for 8 yards. Tackle by 29-Alejandro Clayton.</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - SS</t>
+    <t>#29 Alejandro Clayton - LDE</t>
   </si>
   <si>
     <t>#33 Brian Jackson - CB</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>NYN 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-2-NYN 28 (5:49) 37-Vance Allen ran to NYN 30 for 2 yards. Tackle by 29-Alejandro Clayton.</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
@@ -2167,96 +2167,96 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="366.768" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">