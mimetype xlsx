--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -302,54 +302,54 @@
   <si>
     <t>(15:00) 3-Aaron Mullen kicks 75 yards from NYN 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>#31 Aaron Holle - RB</t>
   </si>
   <si>
     <t>#71 James Gayhart - LT</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#75 Pedro Phillips - C</t>
   </si>
   <si>
-    <t>#25 Daniel Benedict - WR</t>
-[...2 lines deleted...]
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#25 Daniel Benedict - RB</t>
+  </si>
+  <si>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#3 Aaron Mullen - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 16-Paul Patten pass complete to 80-Gilbert Cashman to HOU 31 for 6 yards. Tackle by 58-Donald Nevin.</t>
   </si>
@@ -539,72 +539,72 @@
   <si>
     <t>#67 Stephen Hinkle - C</t>
   </si>
   <si>
     <t>#69 Jim Blake - LG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#61 Andre Zamora - DT</t>
   </si>
   <si>
     <t>#41 Randy Clyburn - FS</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - LDE</t>
-[...2 lines deleted...]
-    <t>#51 George Dilbeck - LDE</t>
+    <t>#47 Gavin Lenz - SS</t>
+  </si>
+  <si>
+    <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
-    <t>#44 Michael Gant - RDE</t>
+    <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - LDE</t>
+    <t>#39 Ernest Williamson - SS</t>
   </si>
   <si>
     <t>#36 Joseph Wolf - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - LDE</t>
+    <t>#23 Jesse Macdonald - SS</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>HOU 48</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-HOU 48 (11:42) 5-Steve Seifert pass Pass knocked down by 1-Jacob Daniels. incomplete, intended for 13-Jay Hyatt.</t>
   </si>
   <si>
     <t>#89 Robert Phillip - WR</t>
   </si>
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
     <t>#67 Joseph Kohler - LDE</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>#82 Paul Galindo - TE</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-HOU 48 (11:01) 2-Robert Wardlaw punts 49 yards to HOU -1.4-6-HOU 48 (11:01) 2-Robert Wardlaw punts 49 yards to HOU -1. Touchback.</t>
   </si>
   <si>
     <t>#2 Robert Wardlaw - P</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - C</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#71 Roger Runyan - LG</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>HOU 20</t>
   </si>
   <si>
     <t>1-10-HOU 20 (10:53) 16-Paul Patten pass Pass knocked down by 47-Thomas Bear. incomplete, intended for 10-Leonard Zerbe. Pressure by 72-James Sprayberry.</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-HOU 20 (10:47) 16-Paul Patten pass complete to 14-Vance Witt to HOU 24 for 4 yards. Tackle by 51-Roland Brazelton. 14-Vance Witt breaks down the CB. NYN 91-Bo Phillips was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -752,57 +752,57 @@
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>4-11-NYN 43 (6:36) 7-Armand Blackshire punts 48 yards to NYN -5.4-11-NYN 43 (6:36) 7-Armand Blackshire punts 48 yards to NYN -5. Touchback.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#52 Ian Woodruff - C</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>NYN 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-NYN 20 (6:29) 35-Jonathan Grindstaff ran to NYN 28 for 8 yards. Tackle by 29-Alejandro Clayton.</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - LDE</t>
+    <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#33 Brian Jackson - CB</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>NYN 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-2-NYN 28 (5:49) 37-Vance Allen ran to NYN 30 for 2 yards. Tackle by 29-Alejandro Clayton.</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
@@ -2167,96 +2167,96 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="366.768" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">