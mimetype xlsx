--- v0 (2025-11-18)
+++ v1 (2025-12-08)
@@ -341,51 +341,51 @@
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 49-Lawrence Azar ran to HOU 38 for 13 yards. Tackle by 59-Max Crow. NYN 53-Fredrick Jessop was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Marvin Morgan - QB</t>
   </si>
   <si>
     <t>#49 Lawrence Azar - CB</t>
   </si>
   <si>
     <t>#13 Roy Mitchell - WR</t>
   </si>
   <si>
-    <t>#10 Leonard Zerbe - WR</t>
+    <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#90 Joseph Hernandez - LDE</t>
   </si>
   <si>
     <t>#91 Bo Phillips - DT</t>
   </si>
   <si>
     <t>#95 Michael Ochoa - DT</t>
   </si>
   <si>
     <t>#96 Carlos Lopez - RDE</t>
   </si>
   <si>
     <t>#53 Fredrick Jessop - WLB</t>
   </si>
   <si>
     <t>#59 Max Crow - MLB</t>
   </si>
   <si>
     <t>#51 Roland Brazelton - SLB</t>
   </si>
@@ -437,51 +437,51 @@
   <si>
     <t>#46 Ivan Hanna - CB</t>
   </si>
   <si>
     <t>#23 Warren Jarmon - CB</t>
   </si>
   <si>
     <t>#46 Bart Lyons - CB</t>
   </si>
   <si>
     <t>#41 William Hurst - CB</t>
   </si>
   <si>
     <t>#26 Jason Spearing - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-HOU 38 (14:14) 9-Marvin Morgan pass complete to 2-Tanner Archuleta to NYN 5 for 57 yards. 2-Tanner Archuleta made a great move on the CB. PENALTY - Holding (HOU 25-Daniel Benedict)</t>
   </si>
   <si>
-    <t>#55 James Gayhart - LT</t>
+    <t>#71 James Gayhart - LT</t>
   </si>
   <si>
     <t>#99 Raul Cardoza - DT</t>
   </si>
   <si>
     <t>#57 Rafael Kent - SLB</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>HOU 28</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-20-HOU 28 (14:03) 49-Lawrence Azar ran to HOU 34 for 7 yards. Tackle by 57-Rafael Kent.</t>
   </si>
   <si>
     <t>#65 Thomas Wright - LG</t>
   </si>
   <si>
     <t>#93 Shane Ceja - LDE</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>3-13-HOU 34 (13:18) 9-Marvin Morgan pass incomplete, intended for 13-Roy Mitchell.</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-HOU 34 (13:15) 7-Armand Blackshire punts 46 yards to NYN 20. 16-Robert Phillip to NYN 21 for 1 yards. Tackle by 23-Jesse Macdonald.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#52 Ian Woodruff - C</t>
   </si>
   <si>
     <t>#16 Robert Phillip - WR</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - FS</t>
+    <t>#47 Gavin Lenz - SS</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>NYN 21</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-NYN 21 (13:08) 5-Steve Seifert pass Pass knocked down by 22-Matthew Sell. incomplete, intended for 18-Ryan Broyles.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
     <t>#23 Jonathan Grindstaff - RB</t>
   </si>
@@ -584,90 +584,90 @@
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#43 Randall Wright - CB</t>
   </si>
   <si>
     <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>#22 Matthew Sell - CB</t>
   </si>
   <si>
     <t>#36 Joseph Wolf - CB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>2-10-NYN 21 (13:05) 5-Steve Seifert pass incomplete, intended for 85-Richard Wessel.</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - FS</t>
+    <t>#23 Jesse Macdonald - SS</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-10-NYN 21 (13:03) 5-Steve Seifert pass Pass knocked down by 36-Joseph Wolf. incomplete, intended for 85-Richard Wessel.</t>
   </si>
   <si>
     <t>#37 Vance Allen - RB</t>
   </si>
   <si>
     <t>#89 Brett Bailey - TE</t>
   </si>
   <si>
-    <t>#30 Wade Leary - FS</t>
+    <t>#50 Wade Leary - FS</t>
   </si>
   <si>
     <t>#92 Joseph Kohler - LDE</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>4-10-NYN 21 (13:01) 2-Robert Wardlaw punts 47 yards to HOU 33. Fair Catch by 14-Vance Witt.</t>
   </si>
   <si>
     <t>#2 Robert Wardlaw - P</t>
   </si>
   <si>
     <t>#46 Charles Walls - CB</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - RDE</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>HOU 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 33 (12:54) 49-Lawrence Azar ran to HOU 33 for 1 yards. Tackle by 53-Fredrick Jessop.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>