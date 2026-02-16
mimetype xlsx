--- v1 (2025-12-08)
+++ v2 (2026-02-16)
@@ -290,105 +290,105 @@
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Aaron Mullen kicks 74 yards from NYN 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>#14 Vance Witt - WR</t>
   </si>
   <si>
     <t>#56 Ernest Hurley - LG</t>
   </si>
   <si>
     <t>#74 James Kellum - LG</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - CB</t>
+    <t>#39 Ernest Williamson - LDE</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#75 Pedro Phillips - C</t>
   </si>
   <si>
     <t>#25 Daniel Benedict - WR</t>
   </si>
   <si>
-    <t>#88 Joseph Brown - WR</t>
+    <t>#88 Joseph Brown - LG</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#3 Aaron Mullen - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 49-Lawrence Azar ran to HOU 38 for 13 yards. Tackle by 59-Max Crow. NYN 53-Fredrick Jessop was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Marvin Morgan - QB</t>
   </si>
   <si>
-    <t>#49 Lawrence Azar - CB</t>
-[...2 lines deleted...]
-    <t>#13 Roy Mitchell - WR</t>
+    <t>#49 Lawrence Azar - RDE</t>
+  </si>
+  <si>
+    <t>#13 Roy Mitchell - C</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - WR</t>
+    <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#90 Joseph Hernandez - LDE</t>
   </si>
   <si>
     <t>#91 Bo Phillips - DT</t>
   </si>
   <si>
     <t>#95 Michael Ochoa - DT</t>
   </si>
   <si>
     <t>#96 Carlos Lopez - RDE</t>
   </si>
   <si>
     <t>#53 Fredrick Jessop - WLB</t>
   </si>
   <si>
     <t>#59 Max Crow - MLB</t>
   </si>
   <si>
     <t>#51 Roland Brazelton - SLB</t>
   </si>
   <si>
     <t>#47 Thomas Bear - CB</t>
   </si>
@@ -461,213 +461,213 @@
   <si>
     <t>#71 James Gayhart - LT</t>
   </si>
   <si>
     <t>#99 Raul Cardoza - DT</t>
   </si>
   <si>
     <t>#57 Rafael Kent - SLB</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>HOU 28</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-20-HOU 28 (14:03) 49-Lawrence Azar ran to HOU 34 for 7 yards. Tackle by 57-Rafael Kent.</t>
   </si>
   <si>
     <t>#65 Thomas Wright - LG</t>
   </si>
   <si>
-    <t>#93 Shane Ceja - LDE</t>
+    <t>#74 Shane Ceja - LDE</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-13-HOU 34 (13:18) 9-Marvin Morgan pass incomplete, intended for 13-Roy Mitchell.</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-HOU 34 (13:15) 7-Armand Blackshire punts 46 yards to NYN 20. 16-Robert Phillip to NYN 21 for 1 yards. Tackle by 23-Jesse Macdonald.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#52 Ian Woodruff - C</t>
   </si>
   <si>
-    <t>#16 Robert Phillip - WR</t>
-[...2 lines deleted...]
-    <t>#47 Gavin Lenz - SS</t>
+    <t>#89 Robert Phillip - WR</t>
+  </si>
+  <si>
+    <t>#47 Gavin Lenz - LDE</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>NYN 21</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-NYN 21 (13:08) 5-Steve Seifert pass Pass knocked down by 22-Matthew Sell. incomplete, intended for 18-Ryan Broyles.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
     <t>#23 Jonathan Grindstaff - RB</t>
   </si>
   <si>
     <t>#80 Robert Fuller - TE</t>
   </si>
   <si>
-    <t>#85 Richard Wessel - TE</t>
+    <t>#83 Richard Wessel - TE</t>
   </si>
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
     <t>#18 Ryan Broyles - WR</t>
   </si>
   <si>
-    <t>#75 Howard Watson - LT</t>
+    <t>#60 Howard Watson - LT</t>
   </si>
   <si>
     <t>#64 Kendall Steele - RG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#54 Fletcher Bone - SS</t>
   </si>
   <si>
-    <t>#58 Justin Walton - SS</t>
+    <t>#58 Justin Walton - LDE</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - SS</t>
+    <t>#29 Alejandro Clayton - LDE</t>
   </si>
   <si>
     <t>#43 Randall Wright - CB</t>
   </si>
   <si>
-    <t>#44 Michael Gant - SS</t>
-[...2 lines deleted...]
-    <t>#22 Matthew Sell - CB</t>
+    <t>#44 Michael Gant - RDE</t>
+  </si>
+  <si>
+    <t>#22 Matthew Sell - LDE</t>
   </si>
   <si>
     <t>#36 Joseph Wolf - CB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>2-10-NYN 21 (13:05) 5-Steve Seifert pass incomplete, intended for 85-Richard Wessel.</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - SS</t>
+    <t>#23 Jesse Macdonald - LDE</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-10-NYN 21 (13:03) 5-Steve Seifert pass Pass knocked down by 36-Joseph Wolf. incomplete, intended for 85-Richard Wessel.</t>
   </si>
   <si>
     <t>#37 Vance Allen - RB</t>
   </si>
   <si>
     <t>#89 Brett Bailey - TE</t>
   </si>
   <si>
-    <t>#50 Wade Leary - FS</t>
-[...2 lines deleted...]
-    <t>#92 Joseph Kohler - LDE</t>
+    <t>#50 Wade Leary - RDE</t>
+  </si>
+  <si>
+    <t>#67 Joseph Kohler - LDE</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>4-10-NYN 21 (13:01) 2-Robert Wardlaw punts 47 yards to HOU 33. Fair Catch by 14-Vance Witt.</t>
   </si>
   <si>
     <t>#2 Robert Wardlaw - P</t>
   </si>
   <si>
     <t>#46 Charles Walls - CB</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - CB</t>
+    <t>#34 Johnny Steele - C</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>HOU 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 33 (12:54) 49-Lawrence Azar ran to HOU 33 for 1 yards. Tackle by 53-Fredrick Jessop.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
@@ -725,54 +725,54 @@
   <si>
     <t>3-11-NYN 45 (9:44) 9-Marvin Morgan pass Pass knocked down by 26-Jason Spearing. incomplete, intended for 14-Vance Witt.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>4-11-NYN 45 (9:41) 7-Armand Blackshire punts 38 yards to NYN 6.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>NYN 6</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-NYN 6 (9:34) 35-Jonathan Grindstaff ran to NYN 20 for 13 yards. Tackle by 27-Joseph Pendley.</t>
   </si>
   <si>
-    <t>#51 George Dilbeck - SS</t>
-[...2 lines deleted...]
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#51 George Dilbeck - LDE</t>
+  </si>
+  <si>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>NYN 20</t>
   </si>
   <si>
     <t>1-10-NYN 20 (8:52) 37-Vance Allen ran to NYN 30 for 10 yards. Tackle by 36-Joseph Wolf.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>1-10-NYN 30 (8:16) PENALTY - False Start (NYN 16-Robert Phillip)</t>
   </si>
   <si>
     <t>#33 Alex Cash - WR</t>
   </si>
@@ -1340,51 +1340,51 @@
   <si>
     <t>1-10-HOU 32 (13:40) 5-Steve Seifert pass incomplete, intended for 35-Jonathan Grindstaff. NYN 60-Clarence Mintz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#88 Roy Kinsella - WR</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>2-10-HOU 32 (13:37) 37-Vance Allen ran to HOU 33 for -1 yards. Tackle by 43-Randall Wright.</t>
   </si>
   <si>
     <t>3-11-HOU 33 (13:03) 5-Steve Seifert pass Pass knocked down by 44-Michael Gant. incomplete, intended for 89-Brett Bailey. HOU 54-Fletcher Bone was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>4-11-HOU 33 (13:00) 3-Aaron Mullen 50 yard field goal is GOOD. NYN 75-Howard Watson was injured on the play. He looks like he should be able to return. NYN 3 HOU 3</t>
   </si>
   <si>
     <t>#6 James Barber - QB</t>
   </si>
   <si>
-    <t>#71 Roger Runyan - RT</t>
+    <t>#71 Roger Runyan - LG</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>(12:56) 3-Aaron Mullen kicks 74 yards from NYN 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-HOU 25 (12:56) 2-Tanner Archuleta ran to HOU 29 for 4 yards. Tackle by 47-Thomas Bear.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-6-HOU 29 (12:11) 9-Marvin Morgan pass complete to 2-Tanner Archuleta to HOU 32 for 3 yards. Tackle by 47-Thomas Bear. NYN 96-Carlos Lopez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
@@ -2282,109 +2282,109 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="297.213" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>