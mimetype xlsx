--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -290,105 +290,105 @@
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Aaron Mullen kicks 74 yards from NYN 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>#14 Vance Witt - WR</t>
   </si>
   <si>
     <t>#56 Ernest Hurley - LG</t>
   </si>
   <si>
     <t>#74 James Kellum - LG</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - LDE</t>
+    <t>#39 Ernest Williamson - SS</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#75 Pedro Phillips - C</t>
   </si>
   <si>
-    <t>#25 Daniel Benedict - WR</t>
-[...2 lines deleted...]
-    <t>#88 Joseph Brown - LG</t>
+    <t>#25 Daniel Benedict - RB</t>
+  </si>
+  <si>
+    <t>#88 Joseph Brown - WR</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#3 Aaron Mullen - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 49-Lawrence Azar ran to HOU 38 for 13 yards. Tackle by 59-Max Crow. NYN 53-Fredrick Jessop was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Marvin Morgan - QB</t>
   </si>
   <si>
-    <t>#49 Lawrence Azar - RDE</t>
+    <t>#49 Lawrence Azar - CB</t>
   </si>
   <si>
     <t>#13 Roy Mitchell - C</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#90 Joseph Hernandez - LDE</t>
   </si>
   <si>
     <t>#91 Bo Phillips - DT</t>
   </si>
   <si>
     <t>#95 Michael Ochoa - DT</t>
   </si>
   <si>
     <t>#96 Carlos Lopez - RDE</t>
   </si>
   <si>
     <t>#53 Fredrick Jessop - WLB</t>
   </si>
   <si>
     <t>#59 Max Crow - MLB</t>
   </si>
   <si>
     <t>#51 Roland Brazelton - SLB</t>
   </si>
   <si>
     <t>#47 Thomas Bear - CB</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>3-13-HOU 34 (13:18) 9-Marvin Morgan pass incomplete, intended for 13-Roy Mitchell.</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-HOU 34 (13:15) 7-Armand Blackshire punts 46 yards to NYN 20. 16-Robert Phillip to NYN 21 for 1 yards. Tackle by 23-Jesse Macdonald.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#52 Ian Woodruff - C</t>
   </si>
   <si>
     <t>#89 Robert Phillip - WR</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - LDE</t>
+    <t>#47 Gavin Lenz - SS</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>NYN 21</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-NYN 21 (13:08) 5-Steve Seifert pass Pass knocked down by 22-Matthew Sell. incomplete, intended for 18-Ryan Broyles.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
     <t>#23 Jonathan Grindstaff - RB</t>
   </si>
@@ -557,117 +557,117 @@
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
     <t>#18 Ryan Broyles - WR</t>
   </si>
   <si>
     <t>#60 Howard Watson - LT</t>
   </si>
   <si>
     <t>#64 Kendall Steele - RG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#54 Fletcher Bone - SS</t>
   </si>
   <si>
-    <t>#58 Justin Walton - LDE</t>
+    <t>#58 Justin Walton - SS</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - LDE</t>
+    <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#43 Randall Wright - CB</t>
   </si>
   <si>
-    <t>#44 Michael Gant - RDE</t>
-[...2 lines deleted...]
-    <t>#22 Matthew Sell - LDE</t>
+    <t>#44 Michael Gant - SS</t>
+  </si>
+  <si>
+    <t>#22 Matthew Sell - CB</t>
   </si>
   <si>
     <t>#36 Joseph Wolf - CB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>2-10-NYN 21 (13:05) 5-Steve Seifert pass incomplete, intended for 85-Richard Wessel.</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - LDE</t>
+    <t>#23 Jesse Macdonald - SS</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-10-NYN 21 (13:03) 5-Steve Seifert pass Pass knocked down by 36-Joseph Wolf. incomplete, intended for 85-Richard Wessel.</t>
   </si>
   <si>
     <t>#37 Vance Allen - RB</t>
   </si>
   <si>
     <t>#89 Brett Bailey - TE</t>
   </si>
   <si>
-    <t>#50 Wade Leary - RDE</t>
+    <t>#50 Wade Leary - FS</t>
   </si>
   <si>
     <t>#67 Joseph Kohler - LDE</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>4-10-NYN 21 (13:01) 2-Robert Wardlaw punts 47 yards to HOU 33. Fair Catch by 14-Vance Witt.</t>
   </si>
   <si>
     <t>#2 Robert Wardlaw - P</t>
   </si>
   <si>
     <t>#46 Charles Walls - CB</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - C</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
   <si>
     <t>#50 Alberto Justus - RDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>HOU 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 33 (12:54) 49-Lawrence Azar ran to HOU 33 for 1 yards. Tackle by 53-Fredrick Jessop.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
@@ -725,54 +725,54 @@
   <si>
     <t>3-11-NYN 45 (9:44) 9-Marvin Morgan pass Pass knocked down by 26-Jason Spearing. incomplete, intended for 14-Vance Witt.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>4-11-NYN 45 (9:41) 7-Armand Blackshire punts 38 yards to NYN 6.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>NYN 6</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-NYN 6 (9:34) 35-Jonathan Grindstaff ran to NYN 20 for 13 yards. Tackle by 27-Joseph Pendley.</t>
   </si>
   <si>
-    <t>#51 George Dilbeck - LDE</t>
-[...2 lines deleted...]
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#51 George Dilbeck - SS</t>
+  </si>
+  <si>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>NYN 20</t>
   </si>
   <si>
     <t>1-10-NYN 20 (8:52) 37-Vance Allen ran to NYN 30 for 10 yards. Tackle by 36-Joseph Wolf.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>1-10-NYN 30 (8:16) PENALTY - False Start (NYN 16-Robert Phillip)</t>
   </si>
   <si>
     <t>#33 Alex Cash - WR</t>
   </si>
@@ -2282,109 +2282,109 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="297.213" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>