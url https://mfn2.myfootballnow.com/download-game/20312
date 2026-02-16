--- v0 (2026-01-25)
+++ v1 (2026-02-16)
@@ -353,51 +353,51 @@
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 13 (14:57) 9-Marvin Morgan pass complete to 83-Chester Glass to HOU 20 for 7 yards. Tackle by 46-Bart Lyons. 46-Bart Lyons got away with a hold on that play.</t>
   </si>
   <si>
     <t>#9 Marvin Morgan - QB</t>
   </si>
   <si>
     <t>#2 Tanner Archuleta - WR</t>
   </si>
   <si>
     <t>#83 Chester Glass - WR</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#59 Willian Roberts - C</t>
   </si>
   <si>
     <t>#60 Brett Bibeau - LT</t>
   </si>
   <si>
-    <t>#93 Shane Ceja - LDE</t>
+    <t>#74 Shane Ceja - LDE</t>
   </si>
   <si>
     <t>#91 Bo Phillips - DT</t>
   </si>
   <si>
     <t>#98 Michael Williams - DT</t>
   </si>
   <si>
     <t>#96 Carlos Lopez - RDE</t>
   </si>
   <si>
     <t>#53 Fredrick Jessop - WLB</t>
   </si>
   <si>
     <t>#59 Max Crow - MLB</t>
   </si>
   <si>
     <t>#51 Roland Brazelton - SLB</t>
   </si>
   <si>
     <t>#20 Jason Hopper - FS</t>
   </si>
   <si>
     <t>#46 Bart Lyons - CB</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-NYN 37 (13:30) 8-Joseph McCall pass Pass knocked down by 23-Jesse Macdonald. incomplete, intended for 18-Ryan Broyles.</t>
   </si>
   <si>
     <t>#8 Joseph McCall - QB</t>
   </si>
   <si>
     <t>#37 Vance Allen - RB</t>
   </si>
   <si>
     <t>#89 Brett Bailey - TE</t>
   </si>
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
     <t>#88 Roy Kinsella - WR</t>
   </si>
   <si>
     <t>#18 Ryan Broyles - WR</t>
   </si>
   <si>
-    <t>#75 Howard Watson - LT</t>
+    <t>#60 Howard Watson - LT</t>
   </si>
   <si>
     <t>#65 Thomas Wright - LG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#64 Kendall Steele - RG</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#54 Fletcher Bone - SS</t>
   </si>
   <si>
     <t>#58 Justin Walton - LDE</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
     <t>#43 Randall Wright - CB</t>
   </si>