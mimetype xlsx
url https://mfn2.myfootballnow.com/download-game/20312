--- v1 (2026-02-16)
+++ v2 (2026-03-09)
@@ -302,93 +302,93 @@
   <si>
     <t>(15:00) 3-Aaron Mullen kicks 72 yards from NYN 35 to HOU -7. 14-Vance Witt to HOU 13 for 19 yards. Tackle by 41-William Hurst.</t>
   </si>
   <si>
     <t>#14 Vance Witt - WR</t>
   </si>
   <si>
     <t>#79 Henry Clark - RT</t>
   </si>
   <si>
     <t>#68 Teddy Turcios - C</t>
   </si>
   <si>
     <t>#13 Roy Mitchell - C</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#84 Andrew Thibodeaux - WR</t>
   </si>
   <si>
     <t>#75 Pedro Phillips - C</t>
   </si>
   <si>
-    <t>#25 Daniel Benedict - WR</t>
-[...2 lines deleted...]
-    <t>#88 Joseph Brown - LG</t>
+    <t>#25 Daniel Benedict - RB</t>
+  </si>
+  <si>
+    <t>#88 Joseph Brown - WR</t>
   </si>
   <si>
     <t>#65 Joseph Odell - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#3 Aaron Mullen - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>HOU 13</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 13 (14:57) 9-Marvin Morgan pass complete to 83-Chester Glass to HOU 20 for 7 yards. Tackle by 46-Bart Lyons. 46-Bart Lyons got away with a hold on that play.</t>
   </si>
   <si>
     <t>#9 Marvin Morgan - QB</t>
   </si>
   <si>
     <t>#2 Tanner Archuleta - WR</t>
   </si>
   <si>
     <t>#83 Chester Glass - WR</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#59 Willian Roberts - C</t>
   </si>
   <si>
     <t>#60 Brett Bibeau - LT</t>
   </si>
   <si>
     <t>#74 Shane Ceja - LDE</t>
   </si>
   <si>
     <t>#91 Bo Phillips - DT</t>
   </si>
   <si>
     <t>#98 Michael Williams - DT</t>
   </si>
   <si>
     <t>#96 Carlos Lopez - RDE</t>
   </si>
   <si>
     <t>#53 Fredrick Jessop - WLB</t>
   </si>
   <si>
     <t>#59 Max Crow - MLB</t>
   </si>
@@ -518,138 +518,138 @@
   <si>
     <t>#88 Roy Kinsella - WR</t>
   </si>
   <si>
     <t>#18 Ryan Broyles - WR</t>
   </si>
   <si>
     <t>#60 Howard Watson - LT</t>
   </si>
   <si>
     <t>#65 Thomas Wright - LG</t>
   </si>
   <si>
     <t>#60 Clarence Mintz - C</t>
   </si>
   <si>
     <t>#64 Kendall Steele - RG</t>
   </si>
   <si>
     <t>#74 Phillip Woodberry - RT</t>
   </si>
   <si>
     <t>#54 Fletcher Bone - SS</t>
   </si>
   <si>
-    <t>#58 Justin Walton - LDE</t>
+    <t>#58 Justin Walton - SS</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
     <t>#43 Randall Wright - CB</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - LDE</t>
-[...2 lines deleted...]
-    <t>#22 Matthew Sell - LDE</t>
+    <t>#39 Ernest Williamson - SS</t>
+  </si>
+  <si>
+    <t>#22 Matthew Sell - CB</t>
   </si>
   <si>
     <t>#36 Joseph Wolf - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - LDE</t>
+    <t>#23 Jesse Macdonald - SS</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-10-NYN 37 (13:27) 37-Vance Allen ran to NYN 38 for a short gain. Tackle by 43-Randall Wright.</t>
   </si>
   <si>
     <t>#30 Antonio Walker - CB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>NYN 38</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-10-NYN 38 (12:52) 8-Joseph McCall pass complete to 18-Ryan Broyles to NYN 49 for 11 yards. Tackle by 23-Jesse Macdonald.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>NYN 49</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-NYN 49 (12:16) 8-Joseph McCall pass Pass knocked down by 39-Ernest Williamson. incomplete, intended for 33-Alex Cash.</t>
   </si>
   <si>
     <t>#33 Alex Cash - WR</t>
   </si>
   <si>
     <t>#80 Robert Fuller - TE</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - LDE</t>
+    <t>#47 Gavin Lenz - SS</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-10-NYN 49 (12:11) 8-Joseph McCall pass Pass knocked down by 44-Michael Gant. incomplete, intended for 80-Robert Fuller.</t>
   </si>
   <si>
     <t>#34 Ray Crockett - RB</t>
   </si>
   <si>
     <t>#15 Vernon Ladouceur - WR</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
-    <t>#44 Michael Gant - RDE</t>
-[...2 lines deleted...]
-    <t>#51 George Dilbeck - LDE</t>
+    <t>#44 Michael Gant - SS</t>
+  </si>
+  <si>
+    <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-10-NYN 49 (12:09) 34-Ray Crockett ran to HOU 46 for 5 yards. Tackle by 32-Lloyd Cohen.</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>HOU 46</t>
   </si>
   <si>
     <t>4-5-HOU 46 (11:33) 2-Robert Wardlaw punts 33 yards to HOU 14.</t>
   </si>
   <si>
     <t>#2 Robert Wardlaw - P</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>HOU 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-HOU 21 (11:15) 37-Vance Allen ran to HOU 15 for 5 yards. Tackle by 43-Randall Wright.</t>
   </si>
   <si>
     <t>#69 David Roberts - LG</t>
   </si>
   <si>
     <t>#78 Hans Bicknell - LT</t>
   </si>
   <si>
     <t>#66 William Maher - RG</t>
   </si>
   <si>
-    <t>#50 Wade Leary - RDE</t>
+    <t>#50 Wade Leary - FS</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>HOU 15</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>2-5-HOU 15 (10:31) (Hot Read) 8-Joseph McCall pass Pass knocked down by 73-Joe Reed. incomplete, intended for 33-Alex Cash. Pressure by 39-Ernest Williamson.</t>
   </si>
   <si>
     <t>10:27</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-5-HOU 15 (10:28) 33-Alex Cash ran to HOU 17 for -2 yards. Tackle by 1-Jacob Daniels. HOU 73-Joe Reed was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -935,51 +935,51 @@
   <si>
     <t>2-1-NYN 1 (2:00) 25-Daniel Benedict ran to NYN 2 for -1 yards. Tackle by 54-Alfonso Boden.</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>NYN 2</t>
   </si>
   <si>
     <t>3-2-NYN 2 (1:17) 25-Daniel Benedict ran to NYN 2 for a short loss. Tackle by 59-Max Crow.</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>4-2-NYN 2 (0:41) 19-Mark Thrash 20 yard field goal is GOOD. HOU 3 NYN 3</t>
   </si>
   <si>
     <t>#8 Glenn Doerr - QB</t>
   </si>
   <si>
     <t>#19 Mark Thrash - K</t>
   </si>
   <si>
-    <t>#61 Mack Lowry - C</t>
+    <t>#71 Mack Lowry - C</t>
   </si>
   <si>
     <t>0:38</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>(0:39) 19-Mark Thrash kicks 75 yards from HOU 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>1-10-NYN 25 (0:39) 37-Vance Allen ran to NYN 24 for -1 yards. Tackle by 23-Jesse Macdonald.</t>
   </si>
   <si>
     <t>0:07</t>
   </si>
   <si>
     <t>NYN 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
@@ -1790,81 +1790,81 @@
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>NYN 39</t>
   </si>
   <si>
     <t>1-10-NYN 39 (8:06) 8-Joseph McCall pass Pass knocked down by 22-Matthew Sell. incomplete, intended for 15-Vernon Ladouceur.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>2-10-NYN 39 (8:03) 8-Joseph McCall pass complete to 18-Ryan Broyles to HOU 29 for 32 yards. Tackle by 47-Gavin Lenz. 30-Antonio Walker got away with a hold on that play.</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>1-10-HOU 29 (7:35) 8-Joseph McCall pass complete to 88-Roy Kinsella to HOU 18 for 10 yards. Tackle by 51-George Dilbeck. 88-Roy Kinsella made a great move on the CB.</t>
   </si>
   <si>
-    <t>#49 Lawrence Azar - RDE</t>
+    <t>#49 Lawrence Azar - CB</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>1-10-HOU 18 (7:14) 8-Joseph McCall sacked at HOU 28 for -10 yards (5-Michael Tapley). Sack allowed by 65-Thomas Wright.</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>HOU 28</t>
   </si>
   <si>
     <t>2-20-HOU 28 (6:49) 8-Joseph McCall pass Pass knocked down by 47-Gavin Lenz. incomplete, intended for 12-John Andre.</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - C</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-20-HOU 28 (6:45) 8-Joseph McCall pass Pass knocked down by 99-Herbert Cambell. incomplete, intended for 89-Brett Bailey.</t>
   </si>
   <si>
-    <t>#99 Herbert Cambell - RDE</t>
+    <t>#99 Herbert Cambell - FS</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>4-20-HOU 28 (6:41) 3-Aaron Mullen 46 yard field goal is GOOD. PENALTY - Holding (NYN 89-Brett Bailey)</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>4-30-HOU 38 (6:38) 3-Aaron Mullen 55 yard field goal is GOOD. HOU 23 NYN 6</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
   <si>
     <t>(6:34) 3-Aaron Mullen kicks 75 yards from NYN 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-HOU 25 (6:34) 84-Andrew Thibodeaux ran to HOU 28 for 3 yards. Tackle by 59-Max Crow.</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
@@ -2346,99 +2346,99 @@
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="365.625" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>