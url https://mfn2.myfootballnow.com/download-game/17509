--- v0 (2025-10-24)
+++ v1 (2025-11-26)
@@ -506,51 +506,51 @@
   <si>
     <t>3-5-NYA 34 (12:06) 9-Chad Munoz pass complete to 19-Rodney Mull to NYA 28 for 7 yards. Tackle by 4-Ronald Elston. NYA 54-Hector Vestal was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#40 Dwight Parra - WR</t>
   </si>
   <si>
     <t>#27 Kevin Sterling - CB</t>
   </si>
   <si>
     <t>#30 Ryan Stuck - CB</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>NYA 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-NYA 28 (11:26) 9-Chad Munoz pass complete to 20-Louis Reichman to NYA 11 for 17 yards. LAA 60-Timothy Cummingham was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#58 Donald Nevin - WLB</t>
+    <t>#95 Donald Nevin - WLB</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>NYA 11</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 11 (10:43) 31-Aaron Holle ran to NYA 10 for 1 yards. Tackle by 99-George Dilbeck.</t>
   </si>
   <si>
     <t>#51 Fred Weinmann - C</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
@@ -1295,51 +1295,51 @@
   <si>
     <t>NYA 46</t>
   </si>
   <si>
     <t>3-18-NYA 46 (0:38) 8-Shawn Glen pass complete to 83-Milton Read to LAA 34 for 20 yards. Tackle by 46-Armando Friend.</t>
   </si>
   <si>
     <t>#31 Jesse Johnson - RB</t>
   </si>
   <si>
     <t>#96 James Haffner - MLB</t>
   </si>
   <si>
     <t>#27 Wayne Mahoney - FS</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>LAA 34</t>
   </si>
   <si>
     <t>1-10-LAA 34 (0:05) 6-Raymond Klein 51 yard field goal is GOOD. LAA 58-Andrew Workman was injured on the play. He looks like he should be able to return. NYA 3 LAA 9</t>
   </si>
   <si>
-    <t>#88 Don Thompson - TE</t>
+    <t>#80 Don Thompson - TE</t>
   </si>
   <si>
     <t>#93 Shane Ceja - LDE</t>
   </si>
   <si>
     <t>(0:01) 6-Raymond Klein kicks 75 yards from NYA 35 to LAA -10. Touchback.</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
   <si>
     <t>1-10-LAA 25 (0:01) 21-William Dwyer ran to LAA 27 for 2 yards. Tackle by 92-Michael Padilla.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Nathaniel Mendez kicks 65 yards from LAA 35 to NYA 0. 26-Robert Williams to NYA 22 for 23 yards. Tackle by 24-Andres Oles.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>1-10-NYA 22 (14:57) 48-Maurice Bravo ran to NYA 21 for -1 yards. 48-Maurice Bravo FUMBLES (37-Casey Hudson) Tackle by 22-Alonzo Suzuki.</t>
   </si>