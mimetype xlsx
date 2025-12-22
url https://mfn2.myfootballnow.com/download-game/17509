--- v1 (2025-11-26)
+++ v2 (2025-12-22)
@@ -281,72 +281,72 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>LAA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Raymond Klein kicks 74 yards from NYA 35 to LAA -9. 20-Louis Reichman to LAA 28 for 38 yards. Tackle by 6-Raymond Klein. NYA 99-George Dilbeck was injured on the play. He looks like he should be able to return. LAA 97-Jason Rubin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#20 Louis Reichman - RB</t>
+    <t>#31 Louis Reichman - RB</t>
   </si>
   <si>
     <t>#91 Joseph Greenfield - RDE</t>
   </si>
   <si>
     <t>#37 Casey Hudson - FS</t>
   </si>
   <si>
     <t>#98 Travis Robbins - WLB</t>
   </si>
   <si>
     <t>#93 Jason Rubin - DT</t>
   </si>
   <si>
     <t>#44 Armando Friend - CB</t>
   </si>
   <si>
     <t>#23 Andres Oles - CB</t>
   </si>
   <si>
-    <t>#59 Michael Fryer - RDE</t>
+    <t>#68 Michael Fryer - RDE</t>
   </si>
   <si>
     <t>#55 Conrad Branham - WLB</t>
   </si>
   <si>
     <t>#63 Richard West - DT</t>
   </si>
   <si>
     <t>#91 Pedro Dunham - LDE</t>
   </si>
   <si>
     <t>#6 Raymond Klein - K</t>
   </si>
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>LAA 28</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
@@ -623,69 +623,69 @@
   <si>
     <t>(8:46) 3-Nathaniel Mendez kicks 66 yards from LAA 35 to NYA -1. Touchback.</t>
   </si>
   <si>
     <t>#26 Robert Williams - RB</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NYA 25 (8:46) 26-Robert Williams ran to NYA 24 for -1 yards. Tackle by 56-Michael Fryer.</t>
   </si>
   <si>
     <t>#8 Shawn Glen - QB</t>
   </si>
   <si>
     <t>#43 Efrain Morris - RB</t>
   </si>
   <si>
     <t>#45 Maurice Bravo - FB</t>
   </si>
   <si>
-    <t>#89 John Melo - TE</t>
+    <t>#88 John Melo - TE</t>
   </si>
   <si>
     <t>#83 Milton Read - TE</t>
   </si>
   <si>
     <t>#71 Kyle Lopez - LT</t>
   </si>
   <si>
     <t>#68 Charles Allen - LG</t>
   </si>
   <si>
     <t>#75 Gary Conway - C</t>
   </si>
   <si>
     <t>#61 Shawn Murtagh - LG</t>
   </si>
   <si>
-    <t>#60 Randy Goode - RG</t>
+    <t>#52 Randy Goode - RG</t>
   </si>
   <si>
     <t>#91 Ralph Hammer - LDE</t>
   </si>
   <si>
     <t>#77 Paul Morris - DT</t>
   </si>
   <si>
     <t>#22 Alonzo Suzuki - SS</t>
   </si>
   <si>
     <t>8:08</t>
   </si>
   <si>
     <t>NYA 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-NYA 24 (8:07) 8-Shawn Glen pass complete to 85-Peter Smith to NYA 27 for 2 yards. Tackle by 98-Travis Robbins.</t>
   </si>