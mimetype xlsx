--- v2 (2025-12-22)
+++ v3 (2026-03-11)
@@ -623,51 +623,51 @@
   <si>
     <t>(8:46) 3-Nathaniel Mendez kicks 66 yards from LAA 35 to NYA -1. Touchback.</t>
   </si>
   <si>
     <t>#26 Robert Williams - RB</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NYA 25 (8:46) 26-Robert Williams ran to NYA 24 for -1 yards. Tackle by 56-Michael Fryer.</t>
   </si>
   <si>
     <t>#8 Shawn Glen - QB</t>
   </si>
   <si>
     <t>#43 Efrain Morris - RB</t>
   </si>
   <si>
     <t>#45 Maurice Bravo - FB</t>
   </si>
   <si>
-    <t>#88 John Melo - TE</t>
+    <t>#81 John Melo - TE</t>
   </si>
   <si>
     <t>#83 Milton Read - TE</t>
   </si>
   <si>
     <t>#71 Kyle Lopez - LT</t>
   </si>
   <si>
     <t>#68 Charles Allen - LG</t>
   </si>
   <si>
     <t>#75 Gary Conway - C</t>
   </si>
   <si>
     <t>#61 Shawn Murtagh - LG</t>
   </si>
   <si>
     <t>#52 Randy Goode - RG</t>
   </si>
   <si>
     <t>#91 Ralph Hammer - LDE</t>
   </si>
   <si>
     <t>#77 Paul Morris - DT</t>
   </si>
@@ -1298,51 +1298,51 @@
   <si>
     <t>3-18-NYA 46 (0:38) 8-Shawn Glen pass complete to 83-Milton Read to LAA 34 for 20 yards. Tackle by 46-Armando Friend.</t>
   </si>
   <si>
     <t>#31 Jesse Johnson - RB</t>
   </si>
   <si>
     <t>#96 James Haffner - MLB</t>
   </si>
   <si>
     <t>#27 Wayne Mahoney - FS</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>LAA 34</t>
   </si>
   <si>
     <t>1-10-LAA 34 (0:05) 6-Raymond Klein 51 yard field goal is GOOD. LAA 58-Andrew Workman was injured on the play. He looks like he should be able to return. NYA 3 LAA 9</t>
   </si>
   <si>
     <t>#80 Don Thompson - TE</t>
   </si>
   <si>
-    <t>#93 Shane Ceja - LDE</t>
+    <t>#74 Shane Ceja - LDE</t>
   </si>
   <si>
     <t>(0:01) 6-Raymond Klein kicks 75 yards from NYA 35 to LAA -10. Touchback.</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
   <si>
     <t>1-10-LAA 25 (0:01) 21-William Dwyer ran to LAA 27 for 2 yards. Tackle by 92-Michael Padilla.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Nathaniel Mendez kicks 65 yards from LAA 35 to NYA 0. 26-Robert Williams to NYA 22 for 23 yards. Tackle by 24-Andres Oles.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>1-10-NYA 22 (14:57) 48-Maurice Bravo ran to NYA 21 for -1 yards. 48-Maurice Bravo FUMBLES (37-Casey Hudson) Tackle by 22-Alonzo Suzuki.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>